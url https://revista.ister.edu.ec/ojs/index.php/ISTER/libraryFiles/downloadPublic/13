--- v0 (2025-10-01)
+++ v1 (2025-12-04)
@@ -1,453 +1,531 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
+  <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
+  <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="0E80592D" w14:textId="77777777" w:rsidR="003649AF" w:rsidRPr="00E75ACF" w:rsidRDefault="003649AF" w:rsidP="00A01667">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc473039191"/>
+      <w:commentRangeStart w:id="1"/>
       <w:r w:rsidRPr="00E75ACF">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Industria cervecera artesanal en Quito y la transformación de bagazo de la cerveza en harina</w:t>
       </w:r>
+      <w:commentRangeEnd w:id="1"/>
+      <w:r w:rsidR="00C96291">
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:commentReference w:id="1"/>
+      </w:r>
     </w:p>
     <w:p w14:paraId="6CE9CF83" w14:textId="77777777" w:rsidR="00C80E31" w:rsidRPr="00A01667" w:rsidRDefault="003649AF" w:rsidP="00A01667">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:commentRangeStart w:id="2"/>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Craft brewing industry in Quito and the transformation of beer bagasse into flour</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="5C960CFB" w14:textId="62617A31" w:rsidR="00C80E31" w:rsidRPr="00A01667" w:rsidRDefault="00172FE5" w:rsidP="003649AF">
+      <w:commentRangeEnd w:id="2"/>
+      <w:r w:rsidR="00C96291">
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:commentReference w:id="2"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DCD5324" w14:textId="111ACFC1" w:rsidR="00B34B3F" w:rsidRPr="00A01667" w:rsidRDefault="00B34B3F" w:rsidP="00B34B3F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A01667">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Autor1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C80E31" w:rsidRPr="00A01667">
+        <w:t>Jostin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
-          <w:vertAlign w:val="superscript"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00923B2A" w:rsidRPr="00A01667">
+        </w:rPr>
+        <w:t xml:space="preserve"> Pablo Negrete Galeas</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Autor2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00923B2A" w:rsidRPr="00A01667">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
-          <w:vertAlign w:val="superscript"/>
-[...7 lines deleted...]
-        <w:ind w:right="49"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Emilia Elizabeth </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="6B24EBE5" w14:textId="7504B4C3" w:rsidR="002F1208" w:rsidRPr="00A01667" w:rsidRDefault="003C0CAC" w:rsidP="003C0CAC">
+        <w:t>Cerza</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Almeida</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="037CF08C" w14:textId="77777777" w:rsidR="00C80E31" w:rsidRPr="00A01667" w:rsidRDefault="00C80E31" w:rsidP="00C80E31">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="49"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B24EBE5" w14:textId="28F751CE" w:rsidR="002F1208" w:rsidRPr="00A01667" w:rsidRDefault="003C0CAC" w:rsidP="003C0CAC">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="es-EC"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Institu</w:t>
       </w:r>
-      <w:r w:rsidR="00172FE5" w:rsidRPr="00A01667">
+      <w:r w:rsidR="009D47E7">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>ción 1</w:t>
+        <w:t>ción</w:t>
       </w:r>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00172FE5" w:rsidRPr="00A01667">
+      <w:commentRangeStart w:id="3"/>
+      <w:r w:rsidR="008C5B96">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>xxxxx</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002F1208" w:rsidRPr="00A01667">
+        <w:t>ORCID</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="3"/>
+      <w:r w:rsidR="004A34C9">
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:commentReference w:id="3"/>
+      </w:r>
+      <w:r w:rsidR="008C5B96">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="008C5B96" w:rsidRPr="00A320A4">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:cs="Times New Roman"/>
+            <w:bCs/>
+            <w:iCs/>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>xxxxx</w:t>
+        </w:r>
+        <w:r w:rsidR="008C5B96" w:rsidRPr="00A320A4">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="22"/>
+            <w:lang w:eastAsia="es-EC"/>
+          </w:rPr>
+          <w:t>.xxxx@xxxx.xxx.xx</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="008C5B96">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="es-EC"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00172FE5" w:rsidRPr="00A01667">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:commentRangeStart w:id="4"/>
+      <w:r w:rsidR="008C5B96">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="es-EC"/>
         </w:rPr>
-        <w:t>xxxx</w:t>
-[...56 lines deleted...]
-    <w:p w14:paraId="35DF7AAF" w14:textId="0C0378AF" w:rsidR="003C0CAC" w:rsidRPr="00A01667" w:rsidRDefault="004C40F0" w:rsidP="001D1164">
+        <w:t>ciudad – país de la afiliación</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="4"/>
+      <w:r w:rsidR="009D47E7">
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:commentReference w:id="4"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35DF7AAF" w14:textId="13297E9A" w:rsidR="003C0CAC" w:rsidRPr="00A01667" w:rsidRDefault="004C40F0" w:rsidP="001D1164">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="0563C1"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="es-EC"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Institu</w:t>
       </w:r>
       <w:r w:rsidR="00172FE5" w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>ción 2</w:t>
+        <w:t>ción</w:t>
       </w:r>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00172FE5" w:rsidRPr="00A01667">
+      <w:r w:rsidR="008C5B96">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>xxxx</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00923B2A" w:rsidRPr="00A01667">
+        <w:t xml:space="preserve">ORCID, </w:t>
+      </w:r>
+      <w:commentRangeStart w:id="5"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00172FE5" w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00172FE5" w:rsidRPr="00A01667">
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:r w:rsidR="00923B2A" w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>xxxxxx</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00923B2A" w:rsidRPr="00A01667">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00172FE5" w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>@</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00172FE5" w:rsidRPr="00A01667">
+        <w:t>xxxxxx</w:t>
+      </w:r>
+      <w:r w:rsidR="00923B2A" w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>xxx</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00923B2A" w:rsidRPr="00A01667">
+        <w:t>@</w:t>
+      </w:r>
+      <w:r w:rsidR="00172FE5" w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00172FE5" w:rsidRPr="00A01667">
+        <w:t>xxx</w:t>
+      </w:r>
+      <w:r w:rsidR="00923B2A" w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>xxx</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00923B2A" w:rsidRPr="00A01667">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00172FE5" w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00172FE5" w:rsidRPr="00A01667">
+        <w:t>xxx</w:t>
+      </w:r>
+      <w:r w:rsidR="00923B2A" w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00172FE5" w:rsidRPr="00A01667">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>xx</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="5"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009D0074">
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:commentReference w:id="5"/>
+      </w:r>
+      <w:r w:rsidR="008C5B96">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="es-EC"/>
+        </w:rPr>
+        <w:t>, ciudad – país de la afiliación</w:t>
       </w:r>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="0563C1"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="es-EC"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="597257DA" w14:textId="2F425603" w:rsidR="003C0CAC" w:rsidRPr="00A01667" w:rsidRDefault="003C0CAC" w:rsidP="001D1164">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="0563C1"/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="es-EC"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
@@ -614,241 +692,420 @@
       <w:r w:rsidR="000A503C" w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>XX</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="4492A8B3" w14:textId="77777777" w:rsidR="00C80E31" w:rsidRPr="00A01667" w:rsidRDefault="00C80E31" w:rsidP="00A01667">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:before="240" w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00A01667">
         <w:t>RESUMEN</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="495EA86E" w14:textId="301D3597" w:rsidR="00E90D96" w:rsidRPr="00A01667" w:rsidRDefault="00006006" w:rsidP="002E5038">
       <w:pPr>
         <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:commentRangeStart w:id="6"/>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">El bagazo cervecero representa el 85% de todos los residuos producidos en la industria cervecera y se genera la etapa de filtración y separación del mosto y grano de la cebada. En los últimos años, la atención se ha centrado en extraer los componentes de este residuo ya que está conformado por altas cantidades de carbohidratos y proteínas, pero también por lignina, lípidos y minerales. Varios estudios en base a diferentes tecnologías han buscado extraer los componentes para producir productos de base biológica con alto valor comercial a partir de este desecho. En el Ecuador, se producen aproximadamente 120,000 toneladas anuales de bagazo cervecero, el cual es generalmente utilizado como alimento crudo y de bajo costo para el ganado. </w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="4F704FCA" w14:textId="77777777" w:rsidR="00C80E31" w:rsidRPr="00A01667" w:rsidRDefault="00C80E31" w:rsidP="002E5038">
+      <w:commentRangeEnd w:id="6"/>
+      <w:r w:rsidR="004A34C9">
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:commentReference w:id="6"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F704FCA" w14:textId="48289FD2" w:rsidR="00C80E31" w:rsidRPr="00A01667" w:rsidRDefault="00C80E31" w:rsidP="002E5038">
       <w:pPr>
         <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Palabras clave</w:t>
       </w:r>
+      <w:commentRangeStart w:id="7"/>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
+      <w:r w:rsidR="008C5B96">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Harina;</w:t>
+      </w:r>
       <w:r w:rsidR="00006006" w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Harina, Industria Artesanal, bagazo de cerveza, Quito</w:t>
+        <w:t xml:space="preserve"> Industria Artesanal</w:t>
+      </w:r>
+      <w:r w:rsidR="008C5B96">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00006006" w:rsidRPr="00A01667">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008C5B96">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00006006" w:rsidRPr="00A01667">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>agazo de cerveza</w:t>
+      </w:r>
+      <w:r w:rsidR="008C5B96">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00006006" w:rsidRPr="00A01667">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Quito</w:t>
+      </w:r>
+      <w:r w:rsidR="008C5B96">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="7"/>
+      <w:r w:rsidR="009D0074">
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:commentReference w:id="7"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="19D23248" w14:textId="77777777" w:rsidR="00C80E31" w:rsidRPr="00A01667" w:rsidRDefault="00C80E31" w:rsidP="002E5038">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ABSTRACT</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FDFA2B0" w14:textId="6B9DBE17" w:rsidR="00E90D96" w:rsidRPr="00A01667" w:rsidRDefault="00006006" w:rsidP="002E5038">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:commentRangeStart w:id="8"/>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Brewing bagasse accounts for 85% of all residues produced in the brewing industry and the stage of filtration and separation of the must and grain from the barley is generated. In recent years, the focus has been on extracting the components of this residue as it is made up of high amounts of carbohydrates and proteins, but also lignin, lipids and minerals. Several studies based on different technologies have sought to extract the components to produce biologically based products with high commercial value from this waste. In Ecuador, approximately 120,000 tons of brewing bagasse are produced annually, which is generally used as raw and low-cost food for livestock. For this reason, this research seeks to exploit the macromolecules of this residue for the extraction and production of biologically based products under the concept of biorefinery. </w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="31710C0F" w14:textId="77777777" w:rsidR="00E90D96" w:rsidRPr="00A01667" w:rsidRDefault="00E90D96" w:rsidP="00F91557">
+      <w:commentRangeEnd w:id="8"/>
+      <w:r w:rsidR="004A34C9">
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:commentReference w:id="8"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31710C0F" w14:textId="56755C3B" w:rsidR="00E90D96" w:rsidRPr="00A01667" w:rsidRDefault="00E90D96" w:rsidP="00F91557">
       <w:pPr>
         <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>K</w:t>
       </w:r>
+      <w:r w:rsidR="00DF59FC">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ey</w:t>
+      </w:r>
       <w:r w:rsidR="00C80E31" w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>ey words</w:t>
-      </w:r>
+        <w:t>words</w:t>
+      </w:r>
+      <w:commentRangeStart w:id="9"/>
       <w:r w:rsidR="00C80E31" w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00006006" w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Flour, Craft Industry, beer bagasse, Quito</w:t>
+        <w:t>Flour</w:t>
+      </w:r>
+      <w:r w:rsidR="008C5B96">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00006006" w:rsidRPr="00A01667">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Craft Industry</w:t>
+      </w:r>
+      <w:r w:rsidR="008C5B96">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00006006" w:rsidRPr="00A01667">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008C5B96">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00006006" w:rsidRPr="00A01667">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eer bagasse</w:t>
+      </w:r>
+      <w:r w:rsidR="008C5B96">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00006006" w:rsidRPr="00A01667">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Quito</w:t>
+      </w:r>
+      <w:r w:rsidR="008C5B96">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="9"/>
+      <w:r w:rsidR="009D47E7">
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:commentReference w:id="9"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="58E87849" w14:textId="1D926933" w:rsidR="00C80E31" w:rsidRDefault="00C80E31" w:rsidP="00C80E31">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="433A72B2" w14:textId="77777777" w:rsidR="00686D59" w:rsidRPr="00A01667" w:rsidRDefault="00686D59" w:rsidP="00C80E31">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="695B6461" w14:textId="77777777" w:rsidR="00C80E31" w:rsidRPr="00A01667" w:rsidRDefault="00C80E31" w:rsidP="00FE75B0">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="120"/>
       </w:pPr>
+      <w:commentRangeStart w:id="10"/>
       <w:r w:rsidRPr="00A01667">
         <w:lastRenderedPageBreak/>
         <w:t>INTRODUCCIÓN</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:before="240" w:after="120"/>
+      <w:commentRangeEnd w:id="10"/>
+      <w:r w:rsidR="003C3A06">
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:commentReference w:id="10"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7226D199" w14:textId="77777777" w:rsidR="00006006" w:rsidRPr="00A01667" w:rsidRDefault="00006006" w:rsidP="00AC33A4">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“Se denomina cerveza a una bebida alcohólica, no destilada, de sabor amargo que se fabrica con granos de cebada u otros cereales cuyo almidón, una vez modificado, es fermentado en agua ya aromatizado con lúpulo”. (DICCIONARIO, 2016).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C82A2A6" w14:textId="77777777" w:rsidR="00006006" w:rsidRPr="00A01667" w:rsidRDefault="00006006" w:rsidP="00E75ACF">
-[...1 lines deleted...]
-        <w:spacing w:before="240" w:after="120"/>
+    <w:p w14:paraId="5C82A2A6" w14:textId="77777777" w:rsidR="00006006" w:rsidRPr="00A01667" w:rsidRDefault="00006006" w:rsidP="00AC33A4">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Durante el proceso de maceración de la cerveza, el endospermo amiláceo de la cebada malteada es sometido a degradación enzimática, resultando en la solubilización del 70- 80% del contenido original de cebada en polipéptidos, aminoácidos, carbohidratos fermentables (glucosa, maltosa y maltotriosa) y no fermentables (dextrinas) (Lynch et al., 2016).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21EC1934" w14:textId="77777777" w:rsidR="00E75ACF" w:rsidRDefault="00006006" w:rsidP="00E75ACF">
-[...1 lines deleted...]
-        <w:spacing w:before="240" w:after="120"/>
+    <w:p w14:paraId="21EC1934" w14:textId="0B6015DD" w:rsidR="00E75ACF" w:rsidRDefault="00006006" w:rsidP="00AC33A4">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Según el Dr. Miguel Arroyo en su artículo “Inmovilización de enzimas. Fundamentos,</w:t>
       </w:r>
       <w:r w:rsidR="00D62508" w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> m</w:t>
       </w:r>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>étodos</w:t>
@@ -905,79 +1162,87 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">en la cerveza. La hemicelulosa está conformada principalmente por </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>arabinoxilanos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> unidos por enlaces, pero también se encuentran en pequeñas cantidades monosacáridos de </w:t>
+        <w:t xml:space="preserve"> unidos por enlaces, pero también se encuentran en pequeñas cantidades monos</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="_Ref467509391"/>
+      <w:r w:rsidR="008C5B96">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">acáridos de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A01667">
+      <w:r w:rsidR="008C5B96">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>manosa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00A01667">
-[...6 lines deleted...]
-      <w:bookmarkStart w:id="1" w:name="_Ref467509391"/>
+      <w:r w:rsidR="008C5B96">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y galactosa como se observa en la tabla 1.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="0267A55F" w14:textId="0BF71BA4" w:rsidR="005F65C8" w:rsidRPr="00A01667" w:rsidRDefault="005F65C8" w:rsidP="00E75ACF">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:commentRangeStart w:id="12"/>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Tabl</w:t>
       </w:r>
       <w:r w:rsidR="00D4048A" w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A01667">
@@ -999,72 +1264,87 @@
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:commentRangeEnd w:id="12"/>
+      <w:r w:rsidR="00B34B3F">
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:commentReference w:id="12"/>
+      </w:r>
+      <w:commentRangeStart w:id="13"/>
       <w:r w:rsidR="00D4048A" w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Texto de las tablas debe ser colocado sobre las mismas</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="13"/>
+      <w:r w:rsidR="00B34B3F">
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:commentReference w:id="13"/>
       </w:r>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:tblpXSpec="center" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="6958" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
@@ -1153,511 +1433,206 @@
           </w:tcPr>
           <w:p w14:paraId="48BA6ACA" w14:textId="5A769721" w:rsidR="005F65C8" w:rsidRPr="00A01667" w:rsidRDefault="00D4048A" w:rsidP="005E27B0">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A01667">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tamaño de letra y estilo</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F65C8" w:rsidRPr="00A01667" w14:paraId="67E6ABE2" w14:textId="77777777" w:rsidTr="00CA207E">
+      <w:tr w:rsidR="005A7DAD" w:rsidRPr="00A01667" w14:paraId="4FE51082" w14:textId="77777777" w:rsidTr="00CA207E">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="276CBAB5" w14:textId="77777777" w:rsidR="005F65C8" w:rsidRPr="00A01667" w:rsidRDefault="005F65C8" w:rsidP="005E27B0">
+          <w:p w14:paraId="42C5483B" w14:textId="6B4CF292" w:rsidR="005A7DAD" w:rsidRPr="00A01667" w:rsidRDefault="005A7DAD" w:rsidP="005E27B0">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A01667">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>T</w:t>
+              <w:t xml:space="preserve">Encabezados </w:t>
             </w:r>
-            <w:r w:rsidR="00D4048A" w:rsidRPr="00A01667">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>í</w:t>
+              <w:t xml:space="preserve">1er </w:t>
             </w:r>
             <w:r w:rsidRPr="00A01667">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>t</w:t>
-[...83 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>nivel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3479" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0218C93F" w14:textId="094A4FBF" w:rsidR="00413317" w:rsidRPr="00A01667" w:rsidRDefault="00413317" w:rsidP="005E27B0">
+          <w:p w14:paraId="2570D980" w14:textId="03257CB4" w:rsidR="005A7DAD" w:rsidRPr="005A7DAD" w:rsidRDefault="005A7DAD" w:rsidP="00245908">
             <w:pPr>
-              <w:jc w:val="left"/>
-[...8 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="Ttulo1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="17"/>
+              </w:numPr>
+              <w:spacing w:before="240" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00A01667">
-              <w:rPr>
-[...44 lines deleted...]
-              <w:t xml:space="preserve"> 2</w:t>
+              <w:t>INTRODUCCIÓN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1770" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6AAC96C7" w14:textId="4FD253AF" w:rsidR="005F65C8" w:rsidRPr="00A01667" w:rsidRDefault="005F65C8" w:rsidP="005E27B0">
-[...59 lines deleted...]
-          <w:p w14:paraId="2883EB4D" w14:textId="3D5DBE09" w:rsidR="00413317" w:rsidRPr="00A01667" w:rsidRDefault="00413317" w:rsidP="005E27B0">
+          <w:p w14:paraId="7554C3B6" w14:textId="289F97E8" w:rsidR="005A7DAD" w:rsidRPr="00A01667" w:rsidRDefault="005A7DAD" w:rsidP="005E27B0">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A01667">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">12 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A01667">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>pts</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00A01667">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>, negrilla y cursiva, centrada</w:t>
-[...111 lines deleted...]
-              <w:t>, Mayúsculas</w:t>
+              <w:t>, negrilla</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005F65C8" w:rsidRPr="00A01667" w14:paraId="45D01B1A" w14:textId="77777777" w:rsidTr="00CA207E">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34331633" w14:textId="7FDCBDAE" w:rsidR="005F65C8" w:rsidRPr="00A01667" w:rsidRDefault="00A47730" w:rsidP="005E27B0">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A01667">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Encabezados 2do nivel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3479" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26E75F4C" w14:textId="3DECCD11" w:rsidR="005F65C8" w:rsidRPr="00A01667" w:rsidRDefault="005434B3" w:rsidP="005E27B0">
+          <w:p w14:paraId="26E75F4C" w14:textId="30F61163" w:rsidR="005F65C8" w:rsidRPr="00A01667" w:rsidRDefault="00DB1738" w:rsidP="005E27B0">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A01667">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Métodos</w:t>
+              <w:t>1.1 Estructura</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1770" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="153FA600" w14:textId="74622AFE" w:rsidR="005F65C8" w:rsidRPr="00A01667" w:rsidRDefault="005F65C8" w:rsidP="005E27B0">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A01667">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
@@ -1969,1239 +1944,1072 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A01667">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidR="003B4924" w:rsidRPr="00A01667">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ts</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="35A61E53" w14:textId="0D30CB2F" w:rsidR="005F65C8" w:rsidRDefault="005E27B0" w:rsidP="000A503C">
-[...2 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+    <w:p w14:paraId="221B533B" w14:textId="77777777" w:rsidR="0099003B" w:rsidRDefault="005E27B0" w:rsidP="000A503C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="126234CE" w14:textId="77777777" w:rsidR="00C95B4F" w:rsidRPr="00A01667" w:rsidRDefault="00C95B4F" w:rsidP="000A503C">
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="35A61E53" w14:textId="5C8980B4" w:rsidR="005F65C8" w:rsidRPr="008C5B96" w:rsidRDefault="008C5B96" w:rsidP="00571D09">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:commentRangeStart w:id="14"/>
+      <w:r w:rsidRPr="008C5B96">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fuente:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Letra 10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ptos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Times New </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Roman</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="14"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B34B3F">
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:commentReference w:id="14"/>
+      </w:r>
     </w:p>
     <w:p w14:paraId="5BFE4CD8" w14:textId="06211333" w:rsidR="00DB481B" w:rsidRPr="00A01667" w:rsidRDefault="00DB481B" w:rsidP="000A503C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Espacio entre líneas: 1.5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FACE269" w14:textId="2D9CE1E1" w:rsidR="00DB481B" w:rsidRPr="00A01667" w:rsidRDefault="00DB481B" w:rsidP="000A503C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Espacio entre párrafos: Posterior 6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65AF5781" w14:textId="63435FAE" w:rsidR="00DB481B" w:rsidRPr="00A01667" w:rsidRDefault="00DB481B" w:rsidP="000A503C">
+    <w:p w14:paraId="65AF5781" w14:textId="7AFFCA67" w:rsidR="00DB481B" w:rsidRPr="00A01667" w:rsidRDefault="00DB481B" w:rsidP="000A503C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Espacio entre Titulo y párrafo: </w:t>
+        <w:t xml:space="preserve">Espacio entre </w:t>
+      </w:r>
+      <w:r w:rsidR="00597DCD">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nivel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A01667">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y párrafo: </w:t>
       </w:r>
       <w:r w:rsidR="00DC160F" w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>anterior 12 posterior 6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2ABA863B" w14:textId="65399B10" w:rsidR="00EE208E" w:rsidRDefault="00EE208E" w:rsidP="000A503C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t># páginas</w:t>
       </w:r>
       <w:r w:rsidR="0016593B">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> artículo científico: mínimo 12 </w:t>
       </w:r>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidR="003D332E" w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="0016593B">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-        <w:t>incluyendo tablas y figuras</w:t>
+        <w:t xml:space="preserve"> incluyendo tablas y figuras</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08D6D656" w14:textId="60F398E1" w:rsidR="0016593B" w:rsidRDefault="0016593B" w:rsidP="0016593B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t># páginas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-    <w:p w14:paraId="4212A478" w14:textId="7A37B985" w:rsidR="00DA2B52" w:rsidRPr="009739EF" w:rsidRDefault="00DA2B52" w:rsidP="009739EF">
+        <w:t xml:space="preserve"> revisión sistemática: mínimo 20 incluyendo tablas y figuras</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01463794" w14:textId="77777777" w:rsidR="00472654" w:rsidRDefault="00DA2B52" w:rsidP="000B723E">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009739EF">
+      <w:commentRangeStart w:id="15"/>
+      <w:r w:rsidRPr="5AB10255">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Lineamientos:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2E57AB14" w14:textId="52FFFD2E" w:rsidR="00DA2B52" w:rsidRDefault="00E75ACF" w:rsidP="00E75ACF">
+        <w:lastRenderedPageBreak/>
+        <w:t>Lineamientos</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="15"/>
+      <w:r w:rsidR="003C3A06">
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:commentReference w:id="15"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="213BFC12" w14:textId="10CFF09B" w:rsidR="000B723E" w:rsidRDefault="000B723E" w:rsidP="000B723E">
+      <w:r w:rsidRPr="00E75ACF">
+        <w:t>Los manuscritos deben enviarse en Word para Windows</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00D97FCF" w14:textId="6497DC36" w:rsidR="0021430B" w:rsidRDefault="000B723E" w:rsidP="0021430B">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E75ACF">
-        <w:t xml:space="preserve">Los manuscritos deben enviarse en Word para Windows; el tipo de letra es Times New </w:t>
+      <w:commentRangeStart w:id="16"/>
+      <w:r>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="0021430B" w:rsidRPr="00E75ACF">
+        <w:t>l</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="16"/>
+      <w:r w:rsidR="003C3A06">
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:commentReference w:id="16"/>
+      </w:r>
+      <w:r w:rsidR="0021430B" w:rsidRPr="00E75ACF">
+        <w:t xml:space="preserve"> tipo de letra es Times New </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E75ACF">
+      <w:r w:rsidR="0021430B" w:rsidRPr="00E75ACF">
         <w:t>Roman</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E75ACF">
+      <w:r w:rsidR="0021430B" w:rsidRPr="00E75ACF">
         <w:t xml:space="preserve">, tamaño de fuente 12 pts.; el interlineado debe ser 1.5, con espacio entre párrafos de 6 </w:t>
       </w:r>
-      <w:r w:rsidR="00415362">
+      <w:r w:rsidR="0021430B">
         <w:t xml:space="preserve">justificado </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E75ACF">
-[...3 lines deleted...]
-    <w:p w14:paraId="7AE6D6DE" w14:textId="77777777" w:rsidR="00E75ACF" w:rsidRPr="00E75ACF" w:rsidRDefault="00E75ACF" w:rsidP="00E75ACF">
+      <w:r w:rsidR="0021430B" w:rsidRPr="00E75ACF">
+        <w:t>y con los márgenes siguientes: superior e inferior 2.5 cm. e izquierda y derecha 2.5 cm.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01E52E67" w14:textId="77777777" w:rsidR="000B723E" w:rsidRPr="00E75ACF" w:rsidRDefault="000B723E" w:rsidP="000B723E">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00E75ACF">
         <w:t xml:space="preserve">Si el texto incluye gráficos, figuras, imágenes y mapas deben estar en formatos </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E75ACF">
         <w:t>jpg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E75ACF">
-        <w:t xml:space="preserve">, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> o </w:t>
+        <w:t xml:space="preserve">, png o </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E75ACF">
         <w:t>tiff</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E75ACF">
         <w:t>, con una resolución mayor de 500 dpi.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47661E6D" w14:textId="154047E7" w:rsidR="00E75ACF" w:rsidRDefault="00E75ACF" w:rsidP="00415362">
+    <w:p w14:paraId="7A40B360" w14:textId="65D7702D" w:rsidR="0021430B" w:rsidRPr="0021430B" w:rsidRDefault="000B723E" w:rsidP="0021430B">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00E75ACF">
-        <w:t xml:space="preserve">Las figuras y tablas deben ser incorporadas con numeración arábica y referidas en el texto antes o después. </w:t>
-[...8 lines deleted...]
-        </w:numPr>
+        <w:t>Las figuras y tablas deben ser incorporadas con numeración arábica y referidas en el texto antes</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E75ACF">
+        <w:t>o después.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18B93EF5" w14:textId="167AD4E6" w:rsidR="00472654" w:rsidRDefault="00472654" w:rsidP="002109FA">
+      <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
-      </w:pPr>
-[...15 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos" w:cs="Times New Roman"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:kern w:val="2"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
-          <w14:ligatures w14:val="standardContextual"/>
-[...4 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:commentRangeStart w:id="17"/>
+      <w:r w:rsidRPr="00472654">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:kern w:val="2"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
-          <w14:ligatures w14:val="standardContextual"/>
-[...160 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Tipos</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="17"/>
+      <w:r w:rsidR="003C3A06">
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:commentReference w:id="17"/>
+      </w:r>
+      <w:r w:rsidRPr="00472654">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:kern w:val="2"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
-          <w14:ligatures w14:val="standardContextual"/>
-[...271 lines deleted...]
-    <w:p w14:paraId="22EF2ECC" w14:textId="77777777" w:rsidR="00415362" w:rsidRPr="00415362" w:rsidRDefault="00415362" w:rsidP="00415362">
+        </w:rPr>
+        <w:t xml:space="preserve"> de artículos aceptados</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F3D0040" w14:textId="31CE635D" w:rsidR="00472654" w:rsidRPr="00472654" w:rsidRDefault="00472654" w:rsidP="00472654">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00472654">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Utilizar viñetas para la numeración de los ítems</w:t>
+      </w:r>
+      <w:r w:rsidR="00583847">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00472654">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000C6E6A" w14:textId="77777777" w:rsidR="00472654" w:rsidRPr="00415362" w:rsidRDefault="00472654" w:rsidP="00472654">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="160"/>
         <w:contextualSpacing/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Aptos" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-PT" w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00415362">
         <w:rPr>
           <w:rFonts w:eastAsia="Aptos" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-PT" w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>Artículos de I+D+i.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CE317DF" w14:textId="77777777" w:rsidR="00415362" w:rsidRPr="00415362" w:rsidRDefault="00415362" w:rsidP="00415362">
+    <w:p w14:paraId="77F47A72" w14:textId="77777777" w:rsidR="00472654" w:rsidRPr="00415362" w:rsidRDefault="00472654" w:rsidP="00472654">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="160"/>
         <w:contextualSpacing/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Aptos" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00415362">
         <w:rPr>
           <w:rFonts w:eastAsia="Aptos" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>Artículos de revisión (estados del arte).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F179A58" w14:textId="77777777" w:rsidR="00415362" w:rsidRPr="00415362" w:rsidRDefault="00415362" w:rsidP="00415362">
+    <w:p w14:paraId="790A727B" w14:textId="77777777" w:rsidR="00472654" w:rsidRPr="00415362" w:rsidRDefault="00472654" w:rsidP="00472654">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="160"/>
         <w:contextualSpacing/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Aptos" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00415362">
         <w:rPr>
           <w:rFonts w:eastAsia="Aptos" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>Revisiones sistemáticas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0788F957" w14:textId="77777777" w:rsidR="00415362" w:rsidRPr="00415362" w:rsidRDefault="00415362" w:rsidP="00415362">
+    <w:p w14:paraId="20D6C51B" w14:textId="77777777" w:rsidR="00472654" w:rsidRPr="00415362" w:rsidRDefault="00472654" w:rsidP="00472654">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="160"/>
         <w:contextualSpacing/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Aptos" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00415362">
         <w:rPr>
           <w:rFonts w:eastAsia="Aptos" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>Metaanálisis.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CD22A24" w14:textId="77777777" w:rsidR="00415362" w:rsidRPr="00415362" w:rsidRDefault="00415362" w:rsidP="00415362">
+    <w:p w14:paraId="6A54705A" w14:textId="77777777" w:rsidR="00472654" w:rsidRPr="00415362" w:rsidRDefault="00472654" w:rsidP="00472654">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="160"/>
         <w:contextualSpacing/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Aptos" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00415362">
         <w:rPr>
           <w:rFonts w:eastAsia="Aptos" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>Estudios de caso.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35BE98F9" w14:textId="11CB7DC8" w:rsidR="00DB481B" w:rsidRPr="00A01667" w:rsidRDefault="00DB481B" w:rsidP="000A503C">
-      <w:pPr>
+    <w:p w14:paraId="3C7C60BB" w14:textId="3E5B4263" w:rsidR="00DB481B" w:rsidRPr="00A01667" w:rsidRDefault="00DB481B" w:rsidP="00415362">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Figuras: </w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t>Texto descriptivo sobre cada figura</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D402159" w14:textId="7EBE7BF9" w:rsidR="00DB481B" w:rsidRPr="00A01667" w:rsidRDefault="00DB481B" w:rsidP="00DB481B">
+    <w:p w14:paraId="3D402159" w14:textId="4CC4AF4C" w:rsidR="00DB481B" w:rsidRPr="00A01667" w:rsidRDefault="00DB481B" w:rsidP="00DB481B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:commentRangeStart w:id="18"/>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Fig</w:t>
       </w:r>
       <w:r w:rsidR="00415362">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ura</w:t>
       </w:r>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>. 1</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="18"/>
+      <w:r w:rsidR="00B34B3F">
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:commentReference w:id="18"/>
+      </w:r>
+      <w:r w:rsidR="00D439E6" w:rsidRPr="00B34B3F">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Diagrama de los datos</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:commentRangeStart w:id="19"/>
+      <w:r w:rsidRPr="00A01667">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Diagrama de los datos</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="19"/>
+      <w:r w:rsidR="00B34B3F">
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:commentReference w:id="19"/>
       </w:r>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="10E334BB" wp14:editId="776AA9EB">
             <wp:extent cx="4392930" cy="1859266"/>
             <wp:effectExtent l="0" t="0" r="7620" b="8255"/>
             <wp:docPr id="1" name="Diagramm 1"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId8"/>
+                <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId12"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="3034B7C4" w14:textId="77777777" w:rsidR="00CB6029" w:rsidRPr="00A01667" w:rsidRDefault="00CB6029" w:rsidP="00CB6029">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:commentRangeStart w:id="20"/>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuente: </w:t>
       </w:r>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>García-Mendoza &amp; Galván-V., 2017</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="4B8E58AE" w14:textId="5334E8AB" w:rsidR="00C80E31" w:rsidRPr="00FE75B0" w:rsidRDefault="00C80E31" w:rsidP="00382B74">
+      <w:commentRangeEnd w:id="20"/>
+      <w:r w:rsidR="00B34B3F">
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:commentReference w:id="20"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B8E58AE" w14:textId="0CBB7959" w:rsidR="00C80E31" w:rsidRPr="00FE75B0" w:rsidRDefault="00C80E31" w:rsidP="003C3A06">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00FE75B0">
+        <w:lastRenderedPageBreak/>
         <w:t>MATERIALES Y MÉTODOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EECD9BD" w14:textId="62D68FCB" w:rsidR="00006006" w:rsidRPr="00A01667" w:rsidRDefault="00006006" w:rsidP="00415362">
+    <w:p w14:paraId="2EECD9BD" w14:textId="55C6BF93" w:rsidR="00006006" w:rsidRDefault="00006006" w:rsidP="00415362">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Entre los métodos más utilizados para extraer los componentes del BC se encuentran pirolisis </w:t>
+        <w:t xml:space="preserve">Entre los métodos </w:t>
+      </w:r>
+      <w:r w:rsidR="008C5B96">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de la Ecuación 1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A01667">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">más utilizados para extraer los componentes del BC </w:t>
+      </w:r>
+      <w:r w:rsidR="008C5B96">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">como la Figura 1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A01667">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">se encuentran pirolisis </w:t>
       </w:r>
       <w:r w:rsidR="00416440" w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e hidrólisis ácidas y alcalinas</w:t>
       </w:r>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00416440" w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Estos métodos han sido empleados principalmente para extraer los </w:t>
-[...19 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+        <w:t xml:space="preserve">Estos métodos han sido empleados principalmente para extraer los carbohidratos, los cuales por su naturaleza recalcitrante necesitan condiciones más severas que maximicen la extracción. </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8784"/>
+        <w:gridCol w:w="610"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="000A0AFB" w14:paraId="3552CE01" w14:textId="77777777" w:rsidTr="000A0AFB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8784" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="325871BD" w14:textId="66CD563F" w:rsidR="000A0AFB" w:rsidRPr="000A0AFB" w:rsidRDefault="000A0AFB" w:rsidP="000A0AFB">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:commentRangeStart w:id="21"/>
+            <m:oMathPara>
+              <m:oMath>
+                <m:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                  <m:t>E=m</m:t>
+                </m:r>
+                <m:sSup>
+                  <m:sSupPr>
+                    <m:ctrlPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
+                        <w:i/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                    </m:ctrlPr>
+                  </m:sSupPr>
+                  <m:e>
+                    <m:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                      <m:t>c</m:t>
+                    </m:r>
+                  </m:e>
+                  <m:sup>
+                    <m:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                      <m:t>2</m:t>
+                    </m:r>
+                  </m:sup>
+                </m:sSup>
+              </m:oMath>
+            </m:oMathPara>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="610" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06102B1E" w14:textId="2CCA63D2" w:rsidR="000A0AFB" w:rsidRPr="000A0AFB" w:rsidRDefault="000A0AFB" w:rsidP="000A0AFB">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="120"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A0AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:commentRangeEnd w:id="21"/>
+    <w:p w14:paraId="4F69E8EC" w14:textId="7245736C" w:rsidR="00006006" w:rsidRPr="00BD4F42" w:rsidRDefault="00843AA3" w:rsidP="00BD4F42">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="auto"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:commentReference w:id="21"/>
+      </w:r>
+      <w:r w:rsidR="00006006" w:rsidRPr="00BD4F42">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="auto"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Método</w:t>
       </w:r>
-      <w:r w:rsidR="00416440" w:rsidRPr="00CA3142">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00416440" w:rsidRPr="00BD4F42">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="auto"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA3142">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00006006" w:rsidRPr="00BD4F42">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="auto"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>extracción enzimática</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E0B4F56" w14:textId="77777777" w:rsidR="00415362" w:rsidRDefault="00416440" w:rsidP="00415362">
+    <w:p w14:paraId="3CB2FA9A" w14:textId="783F3C8F" w:rsidR="00BD4F42" w:rsidRDefault="00416440" w:rsidP="00E86F87">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Uno de los métodos más utilizados para la obtención del BC es la desagregación</w:t>
+        <w:t xml:space="preserve">Uno de los métodos más utilizados para la obtención del </w:t>
+      </w:r>
+      <w:r w:rsidR="00E86F87">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>BC es la desagregación</w:t>
+      </w:r>
+      <w:r w:rsidR="00E86F87">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:tab/>
-        <w:t xml:space="preserve">mediante biocatalizadores como enzimas (altamente especificas), permitiendo una alta calidad en la </w:t>
+        <w:t xml:space="preserve">como enzimas (altamente especificas), permitiendo una alta calidad en la </w:t>
       </w:r>
       <w:r w:rsidR="00006006" w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">extracción de macromoléculas de origen proteico, lipídico o amiláceo. El uso de esta técnica permite obtener extractos solubles a partir de macromoléculas insolubles sin alterar las propiedades funcionales. </w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Ttulo3"/>
+        <w:t xml:space="preserve">extracción de macromoléculas de origen proteico, lipídico o amiláceo. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="668C08B9" w14:textId="148E933B" w:rsidR="00415362" w:rsidRPr="00BD4F42" w:rsidRDefault="00415362" w:rsidP="00BD4F42">
+      <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00290B6E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="auto"/>
-[...7 lines deleted...]
-          <w:color w:val="auto"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>Propiedades</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28033E34" w14:textId="4DBB9754" w:rsidR="00006006" w:rsidRPr="00A01667" w:rsidRDefault="00006006" w:rsidP="00415362">
+    <w:p w14:paraId="062470BA" w14:textId="215FED20" w:rsidR="00DF59FC" w:rsidRPr="00A01667" w:rsidRDefault="00006006" w:rsidP="00415362">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Estudios han reportado resultados eficientes empleando enzimas</w:t>
       </w:r>
       <w:r w:rsidR="00416440" w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
@@ -3226,80 +3034,130 @@
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DC24FB" w:rsidRPr="00DC24FB">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>investigadores reconocen que aún hay desafíos significativos por superar en cuanto a la eficiencia y la economía de este proceso.</w:t>
       </w:r>
       <w:r w:rsidR="00FC2656">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>La cerveza es una de las bebidas fermentadas más conocidas y antiguas de la humanidad.</w:t>
-[...4 lines deleted...]
-        <w:ind w:left="708" w:firstLine="708"/>
+        <w:t>La cerveza es una de las bebidas fermentadas más conoc</w:t>
+      </w:r>
+      <w:r w:rsidR="008C5B96">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>idas y antiguas de la humanidad como en la tabla 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F76281C" w14:textId="6DE5C7F3" w:rsidR="00D92568" w:rsidRPr="00415362" w:rsidRDefault="00D92568" w:rsidP="00E86F87">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:commentRangeStart w:id="22"/>
       <w:r w:rsidRPr="00415362">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Tabla 1.</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">Tabla </w:t>
+      </w:r>
+      <w:r w:rsidR="008C5B96">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ministerio de agricultura Ganadería y Pesca 2019</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="22"/>
+      <w:r w:rsidR="00B34B3F">
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:commentReference w:id="22"/>
+      </w:r>
+      <w:r w:rsidRPr="00415362">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00415362">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:commentRangeStart w:id="23"/>
+      <w:r w:rsidRPr="00415362">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ministerio de agricultura Ganadería y Pesca 2019</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="23"/>
+      <w:r w:rsidR="00B34B3F">
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:commentReference w:id="23"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabladecuadrcula2"/>
         <w:tblW w:w="7300" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1900"/>
         <w:gridCol w:w="5400"/>
       </w:tblGrid>
       <w:tr w:rsidR="00416440" w:rsidRPr="00A01667" w14:paraId="4D903228" w14:textId="77777777" w:rsidTr="00DC24FB">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="251"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -3367,70 +3225,70 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-EC"/>
               </w:rPr>
               <w:t>70 al 75%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00416440" w:rsidRPr="00A01667" w14:paraId="2465DF1A" w14:textId="77777777" w:rsidTr="00DC24FB">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="373"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2FE0FC74" w14:textId="77777777" w:rsidR="00416440" w:rsidRPr="009739EF" w:rsidRDefault="00416440" w:rsidP="00DC24FB">
+          <w:p w14:paraId="2FE0FC74" w14:textId="6F721E9C" w:rsidR="00416440" w:rsidRPr="009739EF" w:rsidRDefault="007F56D9" w:rsidP="00DC24FB">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-EC"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009739EF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-EC"/>
               </w:rPr>
-              <w:t>PROTEINAS</w:t>
+              <w:t>Proteínas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6541B266" w14:textId="77777777" w:rsidR="00416440" w:rsidRPr="009739EF" w:rsidRDefault="00416440" w:rsidP="00DC24FB">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-EC"/>
               </w:rPr>
             </w:pPr>
@@ -3440,70 +3298,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-EC"/>
               </w:rPr>
               <w:t>15 al 25%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00416440" w:rsidRPr="00A01667" w14:paraId="526C4558" w14:textId="77777777" w:rsidTr="00DC24FB">
         <w:trPr>
           <w:trHeight w:val="289"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1900" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="732CBF6F" w14:textId="77777777" w:rsidR="00416440" w:rsidRPr="009739EF" w:rsidRDefault="00416440" w:rsidP="00DC24FB">
+          <w:p w14:paraId="732CBF6F" w14:textId="655FD7C1" w:rsidR="00416440" w:rsidRPr="009739EF" w:rsidRDefault="007F56D9" w:rsidP="00DC24FB">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-EC"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009739EF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-EC"/>
               </w:rPr>
-              <w:t>FIBRAS</w:t>
+              <w:t>Fibras</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5400" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="16B9011C" w14:textId="77777777" w:rsidR="00416440" w:rsidRPr="009739EF" w:rsidRDefault="00416440" w:rsidP="00DC24FB">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-EC"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009739EF">
@@ -3574,70 +3432,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-EC"/>
               </w:rPr>
               <w:t>lignina 28%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00416440" w:rsidRPr="00A01667" w14:paraId="65B57004" w14:textId="77777777" w:rsidTr="00DC24FB">
         <w:trPr>
           <w:trHeight w:val="394"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1900" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1FE5CB82" w14:textId="77777777" w:rsidR="00416440" w:rsidRPr="009739EF" w:rsidRDefault="00416440" w:rsidP="00DC24FB">
+          <w:p w14:paraId="1FE5CB82" w14:textId="7100F204" w:rsidR="00416440" w:rsidRPr="009739EF" w:rsidRDefault="007F56D9" w:rsidP="00DC24FB">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-EC"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009739EF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-EC"/>
               </w:rPr>
-              <w:t>LÍPIDOS</w:t>
+              <w:t>Lípidos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5400" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4DBCF951" w14:textId="77777777" w:rsidR="00416440" w:rsidRPr="009739EF" w:rsidRDefault="00416440" w:rsidP="00DC24FB">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-EC"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009739EF">
@@ -3647,70 +3505,70 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-EC"/>
               </w:rPr>
               <w:t>4 al 18%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00416440" w:rsidRPr="00A01667" w14:paraId="0F1830EC" w14:textId="77777777" w:rsidTr="00DC24FB">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="286"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1900" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7C973040" w14:textId="77777777" w:rsidR="00416440" w:rsidRPr="009739EF" w:rsidRDefault="00416440" w:rsidP="00DC24FB">
+          <w:p w14:paraId="7C973040" w14:textId="6B0FB9FD" w:rsidR="00416440" w:rsidRPr="009739EF" w:rsidRDefault="007F56D9" w:rsidP="00DC24FB">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-EC"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009739EF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-EC"/>
               </w:rPr>
-              <w:t>MINERALES</w:t>
+              <w:t>Minerales</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5400" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4F230F8B" w14:textId="77777777" w:rsidR="00416440" w:rsidRPr="009739EF" w:rsidRDefault="00416440" w:rsidP="00DC24FB">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-EC"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009739EF">
@@ -3719,293 +3577,1612 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-EC"/>
               </w:rPr>
               <w:t>Calcio, fósforo y selenio</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00416440" w:rsidRPr="00A01667" w14:paraId="2B943C75" w14:textId="77777777" w:rsidTr="00DC24FB">
         <w:trPr>
           <w:trHeight w:val="262"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1900" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2E199704" w14:textId="77777777" w:rsidR="00416440" w:rsidRPr="009739EF" w:rsidRDefault="00416440" w:rsidP="00DC24FB">
+          <w:p w14:paraId="2E199704" w14:textId="38E6BF26" w:rsidR="00416440" w:rsidRPr="009739EF" w:rsidRDefault="007F56D9" w:rsidP="00DC24FB">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-EC"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009739EF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-EC"/>
               </w:rPr>
-              <w:t>VITAMINAS</w:t>
+              <w:t>Vitaminas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5400" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="26C340A8" w14:textId="77777777" w:rsidR="00416440" w:rsidRPr="009739EF" w:rsidRDefault="00416440" w:rsidP="00DC24FB">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-EC"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009739EF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-EC"/>
               </w:rPr>
               <w:t>biotina, ácido fólico, vitamina B6, entre otras</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00416440" w:rsidRPr="00A01667" w14:paraId="1ACE49EC" w14:textId="77777777" w:rsidTr="00DC24FB">
+      <w:tr w:rsidR="00416440" w:rsidRPr="00A01667" w14:paraId="1ACE49EC" w14:textId="77777777" w:rsidTr="008C5B96">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="500"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1900" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="70E01CA8" w14:textId="77777777" w:rsidR="00416440" w:rsidRPr="009739EF" w:rsidRDefault="00416440" w:rsidP="00DC24FB">
+          <w:p w14:paraId="70E01CA8" w14:textId="3906B4E2" w:rsidR="00416440" w:rsidRPr="009739EF" w:rsidRDefault="007F56D9" w:rsidP="00DC24FB">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-EC"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009739EF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-EC"/>
               </w:rPr>
-              <w:t>AMINOÁCIDOS</w:t>
+              <w:t>Aminoácidos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5400" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="60B85629" w14:textId="77777777" w:rsidR="00416440" w:rsidRPr="009739EF" w:rsidRDefault="00416440" w:rsidP="00DC24FB">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-EC"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009739EF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-EC"/>
               </w:rPr>
               <w:t>leucina, valina, alanina, glicina, arginina, triptófano, fenilalanina, glutámico y ácido aspártico, entre otros</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1F8E22D2" w14:textId="3F786027" w:rsidR="00C80E31" w:rsidRPr="00FE75B0" w:rsidRDefault="00DB481B" w:rsidP="005E27B0">
+    <w:p w14:paraId="5E672AA1" w14:textId="77777777" w:rsidR="004D020C" w:rsidRDefault="004D020C" w:rsidP="008C5B96">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C758128" w14:textId="3CB7488D" w:rsidR="008C5B96" w:rsidRPr="00A01667" w:rsidRDefault="008C5B96" w:rsidP="008C5B96">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:commentRangeStart w:id="24"/>
+      <w:r w:rsidRPr="00A01667">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fuente: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A01667">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>García-Mendoza &amp; Galván-V., 2017</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="24"/>
+      <w:r w:rsidR="00B34B3F">
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:commentReference w:id="24"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F8E22D2" w14:textId="56F74C44" w:rsidR="00C80E31" w:rsidRPr="00FE75B0" w:rsidRDefault="00DB481B" w:rsidP="003C3A06">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00FE75B0">
+        <w:lastRenderedPageBreak/>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="00C80E31" w:rsidRPr="00FE75B0">
         <w:t>ESULTADOS Y DISCUSIÓN</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DCE906B" w14:textId="66BE7689" w:rsidR="004C40F0" w:rsidRPr="00A01667" w:rsidRDefault="004C40F0" w:rsidP="00415362">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A01667">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">La cerveza es una de las bebidas más antiguas del mundo, junto con el vino. Desde hace miles de años el ser humano viene disfrutando de cervezas de todo tipo, sabores y colores. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12BD43CE" w14:textId="77777777" w:rsidR="00C80E31" w:rsidRPr="00FE75B0" w:rsidRDefault="00C80E31" w:rsidP="005E27B0">
+    <w:p w14:paraId="12BD43CE" w14:textId="77777777" w:rsidR="00C80E31" w:rsidRPr="00FE75B0" w:rsidRDefault="00C80E31" w:rsidP="003C3A06">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00FE75B0">
-        <w:lastRenderedPageBreak/>
         <w:t>CONCLUSIONES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01DEF288" w14:textId="77777777" w:rsidR="003649AF" w:rsidRPr="00A01667" w:rsidRDefault="003649AF" w:rsidP="00415362">
+    <w:p w14:paraId="01DEF288" w14:textId="3B710F96" w:rsidR="003649AF" w:rsidRDefault="003649AF" w:rsidP="00415362">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00A01667">
         <w:t>En la actualidad en el Ecuador, existen alrededor de 42 cervecerías artesanales que ocupan mano de obra de cerca de 1667 personas, las mismas se encuentran distribuidas en las principales ciudades del país, siendo Quito y Guayaquil el principal mercado, el consumo de este tipo de cerveza se da principalmente en bares y restaurantes. Para este análisis prospectivo nuestro objeto de estudio es, el mercado de cerveza artesanal que se desarrolla en la ciudad de Quito, donde se encuentran nueve de las cervecerías artesanales del Ecuador que en la actualidad comercializan su producto por internet bajo pedido</w:t>
       </w:r>
       <w:r w:rsidR="004C40F0" w:rsidRPr="00A01667">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FA9901B" w14:textId="086EE299" w:rsidR="00C80E31" w:rsidRDefault="00C80E31" w:rsidP="00506C4D">
+    <w:p w14:paraId="087CE041" w14:textId="02F8D0BD" w:rsidR="00992683" w:rsidRPr="002B2F63" w:rsidRDefault="002D480B" w:rsidP="00B13E98">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>Contribución de los Autores (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>CRediT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">): </w:t>
+      </w:r>
+      <w:commentRangeStart w:id="25"/>
+      <w:r w:rsidR="00B34B3F">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>JPNG</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="25"/>
+      <w:r w:rsidR="00C47C11">
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:commentReference w:id="25"/>
+      </w:r>
+      <w:r w:rsidR="00B13E98" w:rsidRPr="00B13E98">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B13E98">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00992683" w:rsidRPr="5AB10255">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>Conceptualización, Curación de datos, Metodología, Administración del proyecto, Software, Redacción – borrador original.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B13E98">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B34B3F">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>EECA</w:t>
+      </w:r>
+      <w:r w:rsidR="00992683" w:rsidRPr="00B13E98">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00992683">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00992683" w:rsidRPr="00B91D2D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>Curación de datos</w:t>
+      </w:r>
+      <w:r w:rsidR="00992683">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00992683" w:rsidRPr="00B91D2D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>Metodología</w:t>
+      </w:r>
+      <w:r w:rsidR="00992683">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00992683" w:rsidRPr="00B91D2D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>Software</w:t>
+      </w:r>
+      <w:r w:rsidR="002B2F63">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="002B2F63" w:rsidRPr="00B91D2D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>Redacción – revisión y edición</w:t>
+      </w:r>
+      <w:r w:rsidR="00B34B3F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C6DAD7D" w14:textId="77777777" w:rsidR="002B2F63" w:rsidRPr="00992683" w:rsidRDefault="002B2F63" w:rsidP="002B2F63">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78530144" w14:textId="27B719F8" w:rsidR="00992683" w:rsidRPr="00415362" w:rsidRDefault="00992683" w:rsidP="00B34B3F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00415362">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tabla </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00415362">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00415362">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Rol de los autores</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2405"/>
+        <w:gridCol w:w="6989"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00922415" w:rsidRPr="00B91D2D" w14:paraId="7FC325DA" w14:textId="77777777" w:rsidTr="002B2F63">
+        <w:trPr>
+          <w:trHeight w:val="279"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E68CD9F" w14:textId="45CF031D" w:rsidR="00922415" w:rsidRPr="00B91D2D" w:rsidRDefault="00922415" w:rsidP="00B91D2D">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B91D2D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Rol Autor</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6989" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15A54134" w14:textId="28BD2C02" w:rsidR="00922415" w:rsidRPr="00B91D2D" w:rsidRDefault="002B2F63" w:rsidP="00B91D2D">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Descripción Rol Autor</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00922415" w:rsidRPr="00B91D2D" w14:paraId="373A6FB7" w14:textId="77777777" w:rsidTr="002B2F63">
+        <w:trPr>
+          <w:trHeight w:val="421"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E2A9A9F" w14:textId="33833AC3" w:rsidR="00922415" w:rsidRPr="00B91D2D" w:rsidRDefault="00922415" w:rsidP="002B2F63">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B91D2D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Conceptualización</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6989" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="237AC092" w14:textId="401EB721" w:rsidR="00922415" w:rsidRPr="00B91D2D" w:rsidRDefault="002B2F63" w:rsidP="002B2F63">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B91D2D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Ideas; formulación o evolución de los objetivos y metas generales de la investigación.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00922415" w:rsidRPr="00B91D2D" w14:paraId="54DDEFD2" w14:textId="77777777" w:rsidTr="002B2F63">
+        <w:trPr>
+          <w:trHeight w:val="421"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78F3C024" w14:textId="64E5448B" w:rsidR="00922415" w:rsidRPr="00B91D2D" w:rsidRDefault="002B2F63" w:rsidP="002B2F63">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Curación de datos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6989" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A1F110D" w14:textId="7966DFDF" w:rsidR="00922415" w:rsidRPr="00B91D2D" w:rsidRDefault="002B2F63" w:rsidP="002B2F63">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B91D2D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Actividades de gestión para anotar (producir metadatos), depurar datos y mantener datos de investigación (incluido el código de software, cuando sea necesario para interpretar los datos mismos) para su uso inicial y posterior reutilización.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00922415" w:rsidRPr="00B91D2D" w14:paraId="62E90CF4" w14:textId="77777777" w:rsidTr="002B2F63">
+        <w:trPr>
+          <w:trHeight w:val="421"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18ADC076" w14:textId="3AD92088" w:rsidR="00922415" w:rsidRPr="00B91D2D" w:rsidRDefault="00922415" w:rsidP="002B2F63">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B91D2D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Análisis formal</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6989" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CBD3D64" w14:textId="74EE9549" w:rsidR="00922415" w:rsidRPr="00B91D2D" w:rsidRDefault="002B2F63" w:rsidP="002B2F63">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B91D2D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Aplicación de técnicas estadísticas, matemáticas, computacionales u otras técnicas formales para analizar o sintetizar datos de estudio.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00922415" w:rsidRPr="00B91D2D" w14:paraId="384647D9" w14:textId="77777777" w:rsidTr="002B2F63">
+        <w:trPr>
+          <w:trHeight w:val="421"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D056BEB" w14:textId="6CF4F104" w:rsidR="00922415" w:rsidRPr="00B91D2D" w:rsidRDefault="00922415" w:rsidP="002B2F63">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B91D2D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Adquisición de fondos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6989" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7409D53C" w14:textId="31E95802" w:rsidR="00922415" w:rsidRPr="00B91D2D" w:rsidRDefault="002B2F63" w:rsidP="002B2F63">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B91D2D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Adquisición del apoyo financiero para el proyecto que dio lugar a esta publicación.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00922415" w:rsidRPr="00B91D2D" w14:paraId="2985805B" w14:textId="77777777" w:rsidTr="002B2F63">
+        <w:trPr>
+          <w:trHeight w:val="421"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FC12185" w14:textId="365D4BEA" w:rsidR="00922415" w:rsidRPr="00B91D2D" w:rsidRDefault="00922415" w:rsidP="002B2F63">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B91D2D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Investigación</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6989" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F2FD830" w14:textId="6E9EEE29" w:rsidR="00922415" w:rsidRPr="00B91D2D" w:rsidRDefault="002B2F63" w:rsidP="002B2F63">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B91D2D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Llevar a cabo un proceso de investigación, específicamente realizando experimentos o recopilando datos/pruebas.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00922415" w:rsidRPr="00B91D2D" w14:paraId="5DE2D931" w14:textId="77777777" w:rsidTr="002B2F63">
+        <w:trPr>
+          <w:trHeight w:val="341"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F560C5B" w14:textId="10D53B68" w:rsidR="00922415" w:rsidRPr="00B91D2D" w:rsidRDefault="00922415" w:rsidP="002B2F63">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B91D2D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Metodología</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6989" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="232502A2" w14:textId="3332DBF4" w:rsidR="00922415" w:rsidRPr="00B91D2D" w:rsidRDefault="002B2F63" w:rsidP="002B2F63">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B91D2D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Desarrollo o diseño de metodologías; creación de modelos.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00922415" w:rsidRPr="00B91D2D" w14:paraId="69EE6CE2" w14:textId="77777777" w:rsidTr="002B2F63">
+        <w:trPr>
+          <w:trHeight w:val="421"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27E09D3A" w14:textId="07FD9600" w:rsidR="00922415" w:rsidRPr="00B91D2D" w:rsidRDefault="00922415" w:rsidP="002B2F63">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B91D2D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Administración del proyecto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6989" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EFC8E5D" w14:textId="2B533B3D" w:rsidR="00922415" w:rsidRPr="00B91D2D" w:rsidRDefault="002B2F63" w:rsidP="002B2F63">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B91D2D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Responsabilidad de gestión y coordinación de la planificación y ejecución de la actividad investigadora.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00922415" w:rsidRPr="002B2F63" w14:paraId="4CCC09E7" w14:textId="77777777" w:rsidTr="002B2F63">
+        <w:trPr>
+          <w:trHeight w:val="421"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68806259" w14:textId="0BEA383E" w:rsidR="00922415" w:rsidRPr="00B91D2D" w:rsidRDefault="00922415" w:rsidP="002B2F63">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B91D2D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Recursos</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6989" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2049DDBB" w14:textId="6F965078" w:rsidR="00922415" w:rsidRPr="002B2F63" w:rsidRDefault="002B2F63" w:rsidP="002B2F63">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B2F63">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Suministro de materiales de estudio, reactivos, materiales, pacientes, muestras de laboratorio, animales, instrumentación, recursos informáticos u otras herramientas de análisis.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00922415" w:rsidRPr="00B91D2D" w14:paraId="35A5EC43" w14:textId="77777777" w:rsidTr="002B2F63">
+        <w:trPr>
+          <w:trHeight w:val="421"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="471040AA" w14:textId="66EAC9EC" w:rsidR="00922415" w:rsidRPr="00B91D2D" w:rsidRDefault="00922415" w:rsidP="002B2F63">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B91D2D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Software</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6989" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="558DA2A8" w14:textId="5F6BDEA5" w:rsidR="00922415" w:rsidRPr="00B91D2D" w:rsidRDefault="002B2F63" w:rsidP="002B2F63">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B91D2D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Programación, desarrollo de software; diseño de programas informáticos; implementación del código informático y algoritmos de apoyo; prueba de componentes de código existentes.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00922415" w:rsidRPr="00B91D2D" w14:paraId="67260344" w14:textId="77777777" w:rsidTr="002B2F63">
+        <w:trPr>
+          <w:trHeight w:val="421"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ECC8107" w14:textId="7C55483D" w:rsidR="00922415" w:rsidRPr="00B91D2D" w:rsidRDefault="00922415" w:rsidP="002B2F63">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B91D2D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Supervisión</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6989" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="267EBD04" w14:textId="77476C8C" w:rsidR="00922415" w:rsidRPr="00B91D2D" w:rsidRDefault="002B2F63" w:rsidP="002B2F63">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B91D2D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Responsabilidad de supervisión y liderazgo en la planificación y ejecución de la actividad investigadora, incluyendo la tutoría externa al equipo principal.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00922415" w:rsidRPr="00B91D2D" w14:paraId="6AE96AD5" w14:textId="77777777" w:rsidTr="002B2F63">
+        <w:trPr>
+          <w:trHeight w:val="421"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="355B4594" w14:textId="50789DAE" w:rsidR="00922415" w:rsidRPr="00B91D2D" w:rsidRDefault="00922415" w:rsidP="002B2F63">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B91D2D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Validación</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6989" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="098914A3" w14:textId="046DBCE7" w:rsidR="00922415" w:rsidRPr="00B91D2D" w:rsidRDefault="002B2F63" w:rsidP="002B2F63">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B91D2D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Verificación, ya sea como parte de la actividad o de forma separada, de la replicación/reproducibilidad general de los resultados/experimentos y otros productos de la investigación.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00922415" w:rsidRPr="00B91D2D" w14:paraId="198F6C99" w14:textId="77777777" w:rsidTr="002B2F63">
+        <w:trPr>
+          <w:trHeight w:val="421"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="669A7805" w14:textId="2D64A25E" w:rsidR="00922415" w:rsidRPr="00B91D2D" w:rsidRDefault="00922415" w:rsidP="002B2F63">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B91D2D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Visualización</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6989" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EFB4B95" w14:textId="1B63220B" w:rsidR="00922415" w:rsidRPr="00B91D2D" w:rsidRDefault="002B2F63" w:rsidP="002B2F63">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B91D2D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Preparación, creación y/o presentación del trabajo publicado, específicamente visualización/presentación de datos.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00922415" w:rsidRPr="00B91D2D" w14:paraId="3BD9C735" w14:textId="77777777" w:rsidTr="002B2F63">
+        <w:trPr>
+          <w:trHeight w:val="421"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1552FCC3" w14:textId="7C249499" w:rsidR="00922415" w:rsidRPr="00B91D2D" w:rsidRDefault="00922415" w:rsidP="002B2F63">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B91D2D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Redacción – borrador original</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6989" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BB78E45" w14:textId="1E3E9935" w:rsidR="00922415" w:rsidRPr="00B91D2D" w:rsidRDefault="002B2F63" w:rsidP="002B2F63">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B91D2D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Preparación, creación y/o presentación de la obra publicada, específicamente la redacción del borrador inicial (incluida la traducción sustantiva).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00922415" w:rsidRPr="00B91D2D" w14:paraId="66BD9256" w14:textId="77777777" w:rsidTr="002B2F63">
+        <w:trPr>
+          <w:trHeight w:val="421"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F8B0F41" w14:textId="47BE1778" w:rsidR="00922415" w:rsidRPr="00B91D2D" w:rsidRDefault="00922415" w:rsidP="002B2F63">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B91D2D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Redacción – revisión y edición</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6989" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34D4E763" w14:textId="62B483FA" w:rsidR="00922415" w:rsidRPr="00B91D2D" w:rsidRDefault="002B2F63" w:rsidP="002B2F63">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B91D2D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Preparación, creación y/o presentación del trabajo publicado por los miembros del grupo de investigación original, específicamente la revisión crítica, los comentarios o la revisión, incluidas las etapas previas o posteriores a la publicación.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4024DB82" w14:textId="77777777" w:rsidR="00E70E4E" w:rsidRDefault="00E70E4E" w:rsidP="00E70E4E">
+      <w:pPr>
+        <w:pStyle w:val="Prrafobsico"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E79EB52" w14:textId="77777777" w:rsidR="000772B5" w:rsidRDefault="00E70E4E" w:rsidP="00E70E4E">
+      <w:pPr>
+        <w:pStyle w:val="Prrafobsico"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:commentRangeStart w:id="26"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Conflicto de Intereses: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E65CD86" w14:textId="6879F515" w:rsidR="00E70E4E" w:rsidRPr="000772B5" w:rsidRDefault="000772B5" w:rsidP="00E70E4E">
+      <w:pPr>
+        <w:pStyle w:val="Prrafobsico"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000772B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ejemplo 1: </w:t>
+      </w:r>
+      <w:r w:rsidR="00E70E4E" w:rsidRPr="000772B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Los autores declaran que no existen conflictos de intereses en esta publicación.</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="26"/>
+      <w:r w:rsidR="00E70E4E" w:rsidRPr="000772B5">
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-EC"/>
+        </w:rPr>
+        <w:commentReference w:id="26"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29BC1FCA" w14:textId="05A802A5" w:rsidR="000772B5" w:rsidRDefault="000772B5" w:rsidP="00E70E4E">
+      <w:pPr>
+        <w:pStyle w:val="Prrafobsico"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ejemplo 2: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000772B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>El autor X ha recibido honorarios por consultoría de la empresa Y, que podría beneficiarse de los resultados presentados en este estudio.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="197A3548" w14:textId="330B2BB5" w:rsidR="000772B5" w:rsidRDefault="000772B5" w:rsidP="00E70E4E">
+      <w:pPr>
+        <w:pStyle w:val="Prrafobsico"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ejemplo 3: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000772B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Este estudio fue financiado por la Universidad Z, donde los autores están empleados. La institución no tuvo influencia en el diseño del estudio, la recopilación de datos, el análisis ni la decisión de publicar los resultados.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E988E2D" w14:textId="7D57394B" w:rsidR="000772B5" w:rsidRPr="000772B5" w:rsidRDefault="000772B5" w:rsidP="00E70E4E">
+      <w:pPr>
+        <w:pStyle w:val="Prrafobsico"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ejemplo 4: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000772B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aunque no se han recibido fondos directamente relacionados con este trabajo, el autor B ha participado en proyectos financiados por la industria </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>XXXXX</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000772B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en áreas relacionadas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30CADFC2" w14:textId="5100FC39" w:rsidR="00DB5F82" w:rsidRDefault="00C80E31" w:rsidP="00DB5F82">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:before="240" w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A01667">
         <w:t>REFERENCIAS</w:t>
       </w:r>
       <w:r w:rsidR="00E20729" w:rsidRPr="00A01667">
-        <w:t xml:space="preserve"> (EN NORMAS APA</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C95B4F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E20729" w:rsidRPr="00DF59FC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>(EN NORMAS APA</w:t>
+      </w:r>
+      <w:r w:rsidR="00C95B4F" w:rsidRPr="00DF59FC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> 7MA EDICIÓN</w:t>
       </w:r>
-      <w:r w:rsidR="00E20729" w:rsidRPr="00A01667">
+      <w:r w:rsidR="008C5B96" w:rsidRPr="00DF59FC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C26837" w:rsidRPr="00DF59FC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>A TRAVÉS DE</w:t>
+      </w:r>
+      <w:r w:rsidR="008C5B96" w:rsidRPr="00DF59FC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> UN GESTOR BIBLIOGRÁFICO </w:t>
+      </w:r>
+      <w:r w:rsidR="006C3991">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MENDELEY, ZOTERO </w:t>
+      </w:r>
+      <w:r w:rsidR="008C5B96" w:rsidRPr="00DF59FC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>– TODAS LAS REFERENCIAS DEBERÁN ESTAR CITADAS</w:t>
+      </w:r>
+      <w:r w:rsidR="00C26837" w:rsidRPr="00DF59FC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – LOS LINKS DEBEN ESTAR ACTIVOS Y </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF59FC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>VÁLIDOS</w:t>
+      </w:r>
+      <w:r w:rsidR="00E20729" w:rsidRPr="00DF59FC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w14:paraId="41F1B2EC" w14:textId="77777777" w:rsidR="00DB5F82" w:rsidRPr="00DB5F82" w:rsidRDefault="00844F01" w:rsidP="00467EE0">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB5F82">
+        <w:rPr>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>Artículo científico: mínimo 12.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B154026" w14:textId="4AA54916" w:rsidR="00844F01" w:rsidRPr="00DB5F82" w:rsidRDefault="00844F01" w:rsidP="00467EE0">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB5F82">
+        <w:rPr>
+          <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>Revisión sistemática: mínimo 30.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="353E6428" w14:textId="77777777" w:rsidR="00C95B4F" w:rsidRPr="00FE75B0" w:rsidRDefault="00C95B4F" w:rsidP="008D5880">
       <w:pPr>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C95B4F">
         <w:rPr>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">Ramírez Osorio, L. S. y López Gil, K. S. (2018) </w:t>
       </w:r>
       <w:r w:rsidRPr="00C95B4F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">Orientar la escritura a través del currículo en la universidad. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FE75B0">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>Sello</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> Editorial </w:t>
+        <w:t xml:space="preserve">Sello Editorial </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FE75B0">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>Javeriano</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FE75B0">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A968E61" w14:textId="77777777" w:rsidR="00C95B4F" w:rsidRPr="00FE75B0" w:rsidRDefault="00C95B4F" w:rsidP="008D5880">
       <w:pPr>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE75B0">
@@ -4014,710 +5191,1069 @@
         </w:rPr>
         <w:t xml:space="preserve">Jackson, L. M. (2019). </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE75B0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>The psychology of prejudice From attitudes to social action</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE75B0">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2nd ed.). American Psychological Association </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE75B0">
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>https://doi org/ 1010370000168000</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72179D81" w14:textId="77777777" w:rsidR="008D5880" w:rsidRPr="008D5880" w:rsidRDefault="008D5880" w:rsidP="008D5880">
+    <w:p w14:paraId="730C2D9A" w14:textId="54AD591F" w:rsidR="00C95B4F" w:rsidRDefault="008D5880" w:rsidP="00C26837">
       <w:pPr>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FE75B0">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>Fernández</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Fernández </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FE75B0">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>Poncela</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FE75B0">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">, A. M. (2019). </w:t>
       </w:r>
       <w:r w:rsidRPr="008D5880">
         <w:rPr>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">Patrimonio desde las percepciones, emociones, miradas y discursos sociales. </w:t>
       </w:r>
       <w:r w:rsidRPr="008D5880">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>Apuntes, 32 (2),</w:t>
       </w:r>
       <w:r w:rsidRPr="008D5880">
         <w:rPr>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5 19.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52B12CFC" w14:textId="77777777" w:rsidR="008D5880" w:rsidRPr="00C95B4F" w:rsidRDefault="008D5880" w:rsidP="00C95B4F">
+    <w:p w14:paraId="1940E57D" w14:textId="47A16F1D" w:rsidR="00922415" w:rsidRDefault="00922415" w:rsidP="00C26837">
       <w:pPr>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="547F8C98" w14:textId="77777777" w:rsidR="00C95B4F" w:rsidRPr="00C95B4F" w:rsidRDefault="00C95B4F" w:rsidP="00C95B4F">
+    <w:p w14:paraId="3371F3C7" w14:textId="77777777" w:rsidR="00922415" w:rsidRPr="00922415" w:rsidRDefault="00922415" w:rsidP="00C26837">
       <w:pPr>
         <w:ind w:left="709" w:hanging="709"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="730C2D9A" w14:textId="77777777" w:rsidR="00C95B4F" w:rsidRPr="00A01667" w:rsidRDefault="00C95B4F" w:rsidP="00C80E31">
-[...12 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId10"/>
+    <w:sectPr w:rsidR="00922415" w:rsidRPr="00922415" w:rsidSect="00DF59FC">
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
-      <w:pgNumType w:start="48"/>
+      <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
+<w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:comment w:id="1" w:author="Autor" w:initials="A">
+    <w:p w14:paraId="6342129F" w14:textId="77777777" w:rsidR="00C96291" w:rsidRDefault="00C96291" w:rsidP="00C96291">
+      <w:pPr>
+        <w:pStyle w:val="Textocomentario"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>14 pts, negrilla y cursiva, centrada, max. 20 palabras</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="2" w:author="Autor" w:initials="A">
+    <w:p w14:paraId="15C1B1CA" w14:textId="23264FFC" w:rsidR="00C96291" w:rsidRDefault="00C96291" w:rsidP="00C96291">
+      <w:pPr>
+        <w:pStyle w:val="Textocomentario"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>12 pts, negrilla y cursiva, centrada</w:t>
+      </w:r>
+      <w:r w:rsidR="006E15D9">
+        <w:t>, max 20 palabras</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="3" w:author="Autor" w:initials="A">
+    <w:p w14:paraId="09F1071D" w14:textId="77777777" w:rsidR="004A34C9" w:rsidRDefault="004A34C9" w:rsidP="004A34C9">
+      <w:pPr>
+        <w:pStyle w:val="Textocomentario"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">El ORCID es obligatorio para todos los autores </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId1" w:history="1">
+        <w:r w:rsidRPr="00C06295">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+          </w:rPr>
+          <w:t>https://orcid.org/register</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="4" w:author="Autor" w:initials="A">
+    <w:p w14:paraId="2B0F65EB" w14:textId="1C172705" w:rsidR="009D47E7" w:rsidRDefault="009D47E7">
+      <w:pPr>
+        <w:pStyle w:val="Textocomentario"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Colocar la ciudad y país de la filiación</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="5" w:author="Autor" w:initials="A">
+    <w:p w14:paraId="5CD52EBE" w14:textId="77777777" w:rsidR="009D0074" w:rsidRDefault="009D0074" w:rsidP="009D0074">
+      <w:pPr>
+        <w:pStyle w:val="Textocomentario"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>El correo el obligatorio para todos los autores</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="6" w:author="Autor" w:initials="A">
+    <w:p w14:paraId="18CF7F54" w14:textId="07AFB4C3" w:rsidR="004A34C9" w:rsidRDefault="004A34C9" w:rsidP="004A34C9">
+      <w:pPr>
+        <w:pStyle w:val="Textocomentario"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Resumen del artículo en español, max. 200 palabras</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="7" w:author="Autor" w:initials="A">
+    <w:p w14:paraId="257871B9" w14:textId="77777777" w:rsidR="009D0074" w:rsidRDefault="009D0074" w:rsidP="009D0074">
+      <w:pPr>
+        <w:pStyle w:val="Textocomentario"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Máximo 5, separadas por punto y coma</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="8" w:author="Autor" w:initials="A">
+    <w:p w14:paraId="75473CE4" w14:textId="3656355D" w:rsidR="004A34C9" w:rsidRDefault="004A34C9" w:rsidP="004A34C9">
+      <w:pPr>
+        <w:pStyle w:val="Textocomentario"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Resumen del artículo en inglés, max. 200 palabras</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="9" w:author="Autor" w:initials="A">
+    <w:p w14:paraId="00808B26" w14:textId="097EA68C" w:rsidR="009D47E7" w:rsidRDefault="009D47E7">
+      <w:pPr>
+        <w:pStyle w:val="Textocomentario"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Máximo 5, separadas por punto y coma</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="10" w:author="Autor" w:initials="A">
+    <w:p w14:paraId="16FCDB7C" w14:textId="236CC843" w:rsidR="003C3A06" w:rsidRDefault="003C3A06">
+      <w:pPr>
+        <w:pStyle w:val="Textocomentario"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>1er nivel de los títulos, debe tener numeración y debe ser secuencial</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="12" w:author="Autor" w:initials="A">
+    <w:p w14:paraId="11F2DE18" w14:textId="6782CF1A" w:rsidR="00B34B3F" w:rsidRDefault="00B34B3F">
+      <w:pPr>
+        <w:pStyle w:val="Textocomentario"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Letra 10, negrilla, centrada</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="13" w:author="Autor" w:initials="A">
+    <w:p w14:paraId="50ED45F8" w14:textId="0C1F226F" w:rsidR="00B34B3F" w:rsidRDefault="00B34B3F">
+      <w:pPr>
+        <w:pStyle w:val="Textocomentario"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Letra 10, sin negrilla, centrada</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="14" w:author="Autor" w:initials="A">
+    <w:p w14:paraId="53ED7F63" w14:textId="3BAA1B04" w:rsidR="00B34B3F" w:rsidRDefault="00B34B3F">
+      <w:pPr>
+        <w:pStyle w:val="Textocomentario"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Letra 10, cursiva, alineada a la izquierda</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="15" w:author="Autor" w:initials="A">
+    <w:p w14:paraId="23E2741B" w14:textId="64CEA855" w:rsidR="003C3A06" w:rsidRDefault="003C3A06">
+      <w:pPr>
+        <w:pStyle w:val="Textocomentario"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>El 2do nivel de los títulos debe tener numeración secuencial.</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="16" w:author="Autor" w:initials="A">
+    <w:p w14:paraId="4EAADF01" w14:textId="13719E62" w:rsidR="003C3A06" w:rsidRDefault="003C3A06">
+      <w:pPr>
+        <w:pStyle w:val="Textocomentario"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Para ítems con viñetas únicamente utilizar la tipo cuadrado.</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="17" w:author="Autor" w:initials="A">
+    <w:p w14:paraId="50D04E6C" w14:textId="0E02A4D9" w:rsidR="003C3A06" w:rsidRDefault="003C3A06">
+      <w:pPr>
+        <w:pStyle w:val="Textocomentario"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>El 3er nivel de los títulos no tiene numeración</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="18" w:author="Autor" w:initials="A">
+    <w:p w14:paraId="12FD86E2" w14:textId="39CB3F42" w:rsidR="00B34B3F" w:rsidRDefault="00B34B3F">
+      <w:pPr>
+        <w:pStyle w:val="Textocomentario"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Letra 10, negrillo</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="19" w:author="Autor" w:initials="A">
+    <w:p w14:paraId="0DA30E85" w14:textId="3CE37A73" w:rsidR="00B34B3F" w:rsidRDefault="00B34B3F">
+      <w:pPr>
+        <w:pStyle w:val="Textocomentario"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Sin negrilla, letra 10</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="20" w:author="Autor" w:initials="A">
+    <w:p w14:paraId="4D5C5B3A" w14:textId="5927E8A0" w:rsidR="00B34B3F" w:rsidRDefault="00B34B3F">
+      <w:pPr>
+        <w:pStyle w:val="Textocomentario"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Letra 10, alineado a la izquierda y cursiva</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="21" w:author="Autor" w:initials="A">
+    <w:p w14:paraId="3075C838" w14:textId="71291BBF" w:rsidR="00C96291" w:rsidRDefault="00843AA3" w:rsidP="00C96291">
+      <w:pPr>
+        <w:pStyle w:val="Textocomentario"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r w:rsidR="00C96291">
+        <w:t>Utilizar el auxiliar de ecuaciones de Word o MathType, enumerar</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="511A6778" w14:textId="7042AEAF" w:rsidR="00B34B3F" w:rsidRDefault="00B34B3F" w:rsidP="00C96291">
+      <w:pPr>
+        <w:pStyle w:val="Textocomentario"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Letra 10 puntos, centrado</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="22" w:author="Autor" w:initials="A">
+    <w:p w14:paraId="403BD0A4" w14:textId="14FBFD22" w:rsidR="00B34B3F" w:rsidRDefault="00B34B3F">
+      <w:pPr>
+        <w:pStyle w:val="Textocomentario"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Letra 10, negrilla, centrada</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="23" w:author="Autor" w:initials="A">
+    <w:p w14:paraId="1B176144" w14:textId="2E2D384D" w:rsidR="00B34B3F" w:rsidRDefault="00B34B3F">
+      <w:pPr>
+        <w:pStyle w:val="Textocomentario"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Letra 10, sin negrilla, centrada</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="24" w:author="Autor" w:initials="A">
+    <w:p w14:paraId="6BED58AE" w14:textId="1FBCF1C1" w:rsidR="00B34B3F" w:rsidRDefault="00B34B3F">
+      <w:pPr>
+        <w:pStyle w:val="Textocomentario"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Letra 10, alineada a la izquierda, cursiva</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="25" w:author="Autor" w:initials="A">
+    <w:p w14:paraId="1DFD984B" w14:textId="77777777" w:rsidR="00941B5C" w:rsidRDefault="00C47C11" w:rsidP="00941B5C">
+      <w:pPr>
+        <w:pStyle w:val="Textocomentario"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r w:rsidR="00941B5C">
+        <w:t xml:space="preserve">Poner las iniciales de los nombres de cada autor y el rol </w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="26" w:author="Autor" w:initials="A">
+    <w:p w14:paraId="61E7EAD6" w14:textId="2A2213D3" w:rsidR="00E70E4E" w:rsidRDefault="00E70E4E">
+      <w:pPr>
+        <w:pStyle w:val="Textocomentario"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r w:rsidR="000772B5">
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:t>Incluir</w:t>
+      </w:r>
+      <w:r w:rsidR="00836FB3">
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> el tipo de conflicto de intereses</w:t>
+      </w:r>
+      <w:r w:rsidR="000772B5">
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:t>. Se coloca algunos ejemplos</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+</w:comments>
+</file>
+
+<file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:commentEx w15:paraId="6342129F" w15:done="0"/>
+  <w15:commentEx w15:paraId="15C1B1CA" w15:done="0"/>
+  <w15:commentEx w15:paraId="09F1071D" w15:done="0"/>
+  <w15:commentEx w15:paraId="2B0F65EB" w15:done="0"/>
+  <w15:commentEx w15:paraId="5CD52EBE" w15:done="0"/>
+  <w15:commentEx w15:paraId="18CF7F54" w15:done="0"/>
+  <w15:commentEx w15:paraId="257871B9" w15:done="0"/>
+  <w15:commentEx w15:paraId="75473CE4" w15:done="0"/>
+  <w15:commentEx w15:paraId="00808B26" w15:done="0"/>
+  <w15:commentEx w15:paraId="16FCDB7C" w15:done="0"/>
+  <w15:commentEx w15:paraId="11F2DE18" w15:done="0"/>
+  <w15:commentEx w15:paraId="50ED45F8" w15:done="0"/>
+  <w15:commentEx w15:paraId="53ED7F63" w15:done="0"/>
+  <w15:commentEx w15:paraId="23E2741B" w15:done="0"/>
+  <w15:commentEx w15:paraId="4EAADF01" w15:done="0"/>
+  <w15:commentEx w15:paraId="50D04E6C" w15:done="0"/>
+  <w15:commentEx w15:paraId="12FD86E2" w15:done="0"/>
+  <w15:commentEx w15:paraId="0DA30E85" w15:done="0"/>
+  <w15:commentEx w15:paraId="4D5C5B3A" w15:done="0"/>
+  <w15:commentEx w15:paraId="511A6778" w15:done="0"/>
+  <w15:commentEx w15:paraId="403BD0A4" w15:done="0"/>
+  <w15:commentEx w15:paraId="1B176144" w15:done="0"/>
+  <w15:commentEx w15:paraId="6BED58AE" w15:done="0"/>
+  <w15:commentEx w15:paraId="1DFD984B" w15:done="0"/>
+  <w15:commentEx w15:paraId="61E7EAD6" w15:done="0"/>
+</w15:commentsEx>
+</file>
+
+<file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
+<w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w16cid:commentId w16cid:paraId="6342129F" w16cid:durableId="04A05B77"/>
+  <w16cid:commentId w16cid:paraId="15C1B1CA" w16cid:durableId="5D7B2697"/>
+  <w16cid:commentId w16cid:paraId="09F1071D" w16cid:durableId="376E3C7F"/>
+  <w16cid:commentId w16cid:paraId="2B0F65EB" w16cid:durableId="2B0F65EB"/>
+  <w16cid:commentId w16cid:paraId="5CD52EBE" w16cid:durableId="23471E07"/>
+  <w16cid:commentId w16cid:paraId="18CF7F54" w16cid:durableId="1598611E"/>
+  <w16cid:commentId w16cid:paraId="257871B9" w16cid:durableId="52A1F15C"/>
+  <w16cid:commentId w16cid:paraId="75473CE4" w16cid:durableId="35AB6909"/>
+  <w16cid:commentId w16cid:paraId="00808B26" w16cid:durableId="00808B26"/>
+  <w16cid:commentId w16cid:paraId="16FCDB7C" w16cid:durableId="16FCDB7C"/>
+  <w16cid:commentId w16cid:paraId="11F2DE18" w16cid:durableId="11F2DE18"/>
+  <w16cid:commentId w16cid:paraId="50ED45F8" w16cid:durableId="50ED45F8"/>
+  <w16cid:commentId w16cid:paraId="53ED7F63" w16cid:durableId="53ED7F63"/>
+  <w16cid:commentId w16cid:paraId="23E2741B" w16cid:durableId="23E2741B"/>
+  <w16cid:commentId w16cid:paraId="4EAADF01" w16cid:durableId="4EAADF01"/>
+  <w16cid:commentId w16cid:paraId="50D04E6C" w16cid:durableId="50D04E6C"/>
+  <w16cid:commentId w16cid:paraId="12FD86E2" w16cid:durableId="12FD86E2"/>
+  <w16cid:commentId w16cid:paraId="0DA30E85" w16cid:durableId="0DA30E85"/>
+  <w16cid:commentId w16cid:paraId="4D5C5B3A" w16cid:durableId="4D5C5B3A"/>
+  <w16cid:commentId w16cid:paraId="511A6778" w16cid:durableId="511A6778"/>
+  <w16cid:commentId w16cid:paraId="403BD0A4" w16cid:durableId="403BD0A4"/>
+  <w16cid:commentId w16cid:paraId="1B176144" w16cid:durableId="1B176144"/>
+  <w16cid:commentId w16cid:paraId="6BED58AE" w16cid:durableId="6BED58AE"/>
+  <w16cid:commentId w16cid:paraId="1DFD984B" w16cid:durableId="1DFD984B"/>
+  <w16cid:commentId w16cid:paraId="61E7EAD6" w16cid:durableId="61E7EAD6"/>
+</w16cid:commentsIds>
+</file>
+
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7C5F8B7E" w14:textId="77777777" w:rsidR="0094553B" w:rsidRDefault="0094553B" w:rsidP="00C80E31">
+    <w:p w14:paraId="2DE10DA5" w14:textId="77777777" w:rsidR="00160C73" w:rsidRDefault="00160C73" w:rsidP="00C80E31">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="16DE87D9" w14:textId="77777777" w:rsidR="0094553B" w:rsidRDefault="0094553B" w:rsidP="00C80E31">
+    <w:p w14:paraId="674EF019" w14:textId="77777777" w:rsidR="00160C73" w:rsidRDefault="00160C73" w:rsidP="00C80E31">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Segoe UI">
+    <w:altName w:val="Arial"/>
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MinionPro-Regular">
+    <w:altName w:val="Calibri"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Aptos">
-    <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Cambria Math">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-[...42 lines deleted...]
-        <w:r w:rsidRPr="00070A16">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="1770119383"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtContent>
+      <w:p w14:paraId="24B4CAA0" w14:textId="3CDF9B94" w:rsidR="00922415" w:rsidRDefault="00922415">
+        <w:pPr>
+          <w:pStyle w:val="Piedepgina"/>
+          <w:jc w:val="right"/>
+        </w:pPr>
+        <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00070A16">
+        <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00070A16">
+        <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00DC6092" w:rsidRPr="00DC6092">
+        <w:r w:rsidR="003C3A06" w:rsidRPr="003C3A06">
           <w:rPr>
             <w:noProof/>
             <w:lang w:val="es-ES"/>
           </w:rPr>
-          <w:t>53</w:t>
+          <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidRPr="00070A16">
+        <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-      </w:sdtContent>
-[...2 lines deleted...]
-  <w:p w14:paraId="4C483921" w14:textId="69F44CCE" w:rsidR="0052482D" w:rsidRDefault="00B334F7" w:rsidP="00B334F7">
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="4C483921" w14:textId="625DB4FF" w:rsidR="00922415" w:rsidRDefault="00922415" w:rsidP="00B334F7">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="right"/>
     </w:pPr>
-    <w:r>
-[...49 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6FD3884E" w14:textId="77777777" w:rsidR="0094553B" w:rsidRDefault="0094553B" w:rsidP="00C80E31">
+    <w:p w14:paraId="51EB396F" w14:textId="77777777" w:rsidR="00160C73" w:rsidRDefault="00160C73" w:rsidP="00C80E31">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0DCB570D" w14:textId="77777777" w:rsidR="0094553B" w:rsidRDefault="0094553B" w:rsidP="00C80E31">
+    <w:p w14:paraId="5A4BA385" w14:textId="77777777" w:rsidR="00160C73" w:rsidRDefault="00160C73" w:rsidP="00C80E31">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-[...213 lines deleted...]
-  <w:p w14:paraId="7AF2D463" w14:textId="77777777" w:rsidR="00197C26" w:rsidRDefault="00197C26" w:rsidP="00197C26">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7AF2D463" w14:textId="77777777" w:rsidR="00922415" w:rsidRDefault="00922415" w:rsidP="00197C26">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:rPr>
         <w:i/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
       <w:t xml:space="preserve">                                                                                              </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="010C49C7"/>
-    <w:multiLevelType w:val="hybridMultilevel"/>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="080A000F">
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D0F84480"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="080A0019" w:tentative="1">
-[...17 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="080A000F" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
-[...23 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="080A000F" w:tentative="1">
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
-[...21 lines deleted...]
-      </w:pPr>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="018629EF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C6C88560"/>
+    <w:lvl w:ilvl="0" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04637327"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DC5061FC"/>
     <w:lvl w:ilvl="0" w:tplc="AD2AAC6A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="300A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="300A001B" w:tentative="1">
@@ -4762,79 +6298,79 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="300A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="300A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="16324085"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F2589DF6"/>
+    <w:tmpl w:val="B55E7F04"/>
     <w:lvl w:ilvl="0" w:tplc="80965B12">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="300A0005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="300A0005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="300A0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="300A0003" w:tentative="1">
       <w:start w:val="1"/>
@@ -4875,51 +6411,51 @@
     <w:lvl w:ilvl="7" w:tplc="300A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="300A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="28E74F7C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F1363824"/>
     <w:lvl w:ilvl="0" w:tplc="80965B12">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="300A0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4988,51 +6524,597 @@
     <w:lvl w:ilvl="7" w:tplc="300A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="300A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="47D1616C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D0F84480"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4B437C34"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="421A71AC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4D8370D1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B7DACCBC"/>
+    <w:lvl w:ilvl="0" w:tplc="300A000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="300A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="300A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="300A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="300A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="300A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="300A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="300A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="300A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="521C5254"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="21344872"/>
+    <w:lvl w:ilvl="0" w:tplc="300A0005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="300A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="300A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="300A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="300A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="300A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="300A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="300A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="300A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5F214C79"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1172AF8E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F225B60"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5D3ADA7A"/>
     <w:lvl w:ilvl="0" w:tplc="A04ABCB8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="080A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -5100,51 +7182,51 @@
     <w:lvl w:ilvl="7" w:tplc="080A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="080A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="60381645"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="98187BA6"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5186,51 +7268,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="639E63A8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FFB20340"/>
     <w:lvl w:ilvl="0" w:tplc="A04ABCB8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="080A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -5298,51 +7380,51 @@
     <w:lvl w:ilvl="7" w:tplc="080A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="080A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6DE837E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="30AE08C8"/>
     <w:lvl w:ilvl="0" w:tplc="300A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="300A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5411,51 +7493,51 @@
     <w:lvl w:ilvl="7" w:tplc="300A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="300A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7880256E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9A1E05A8"/>
     <w:lvl w:ilvl="0" w:tplc="A04ABCB8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="710" w:hanging="710"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="080A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -5523,164 +7605,164 @@
     <w:lvl w:ilvl="7" w:tplc="080A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="080A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79A0C8FB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0FAEE73E"/>
     <w:lvl w:ilvl="0" w:tplc="F0FA6E32">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1428" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FD32F2C6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2148" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="18ACC760">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2868" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="6494EDA6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3588" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="9C446BF6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4308" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="3C62CFBC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5028" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0260878C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5748" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="A718C506">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6468" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FB4E661E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7188" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7FD30E0E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C1382118"/>
     <w:lvl w:ilvl="0" w:tplc="80965B12">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="300A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5749,280 +7831,391 @@
     <w:lvl w:ilvl="7" w:tplc="300A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="300A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1235161826">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="991181801">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="776293694">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1890261308">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="881017348">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1222597427">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="2099980012">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="684065154">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1605923296">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="2143882453">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="95907485">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="919218230">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="13" w16cid:durableId="930624616">
+    <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="14" w16cid:durableId="1348485248">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="4">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="15" w16cid:durableId="778838990">
+    <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="5">
-[...2 lines deleted...]
-  <w:num w:numId="6">
+  <w:num w:numId="16" w16cid:durableId="1352100738">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="7">
-[...12 lines deleted...]
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="17" w16cid:durableId="868253476">
+    <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C80E31"/>
     <w:rsid w:val="00006006"/>
+    <w:rsid w:val="00017AE9"/>
     <w:rsid w:val="00035FF4"/>
     <w:rsid w:val="00070A16"/>
+    <w:rsid w:val="000772B5"/>
+    <w:rsid w:val="00077533"/>
+    <w:rsid w:val="000A0AFB"/>
     <w:rsid w:val="000A503C"/>
+    <w:rsid w:val="000B723E"/>
     <w:rsid w:val="000C59D1"/>
     <w:rsid w:val="000F10A1"/>
     <w:rsid w:val="0011582D"/>
     <w:rsid w:val="00140A53"/>
+    <w:rsid w:val="00160C73"/>
     <w:rsid w:val="0016593B"/>
     <w:rsid w:val="00172FE5"/>
+    <w:rsid w:val="00195EC6"/>
     <w:rsid w:val="00197C26"/>
     <w:rsid w:val="001A0265"/>
+    <w:rsid w:val="001A4783"/>
     <w:rsid w:val="001B1A88"/>
+    <w:rsid w:val="001B7A48"/>
     <w:rsid w:val="001D1164"/>
+    <w:rsid w:val="002109FA"/>
+    <w:rsid w:val="0021430B"/>
     <w:rsid w:val="00214DBA"/>
     <w:rsid w:val="00236365"/>
+    <w:rsid w:val="00245167"/>
+    <w:rsid w:val="00245908"/>
     <w:rsid w:val="002629F4"/>
+    <w:rsid w:val="00271AFB"/>
     <w:rsid w:val="00286E00"/>
+    <w:rsid w:val="00290B6E"/>
+    <w:rsid w:val="002B2F63"/>
+    <w:rsid w:val="002D480B"/>
     <w:rsid w:val="002E5038"/>
     <w:rsid w:val="002F1208"/>
+    <w:rsid w:val="003170F5"/>
     <w:rsid w:val="003301E1"/>
+    <w:rsid w:val="00361E48"/>
     <w:rsid w:val="003649AF"/>
+    <w:rsid w:val="00366895"/>
     <w:rsid w:val="003745C1"/>
     <w:rsid w:val="00382B74"/>
     <w:rsid w:val="003A5B3A"/>
     <w:rsid w:val="003B4924"/>
     <w:rsid w:val="003C0CAC"/>
+    <w:rsid w:val="003C3A06"/>
     <w:rsid w:val="003D332E"/>
+    <w:rsid w:val="00404869"/>
+    <w:rsid w:val="00405F46"/>
     <w:rsid w:val="00413317"/>
     <w:rsid w:val="00415362"/>
     <w:rsid w:val="00416440"/>
+    <w:rsid w:val="00467EE0"/>
+    <w:rsid w:val="00472654"/>
+    <w:rsid w:val="004A34C9"/>
     <w:rsid w:val="004C40F0"/>
+    <w:rsid w:val="004D020C"/>
     <w:rsid w:val="004E7A72"/>
+    <w:rsid w:val="0050357F"/>
     <w:rsid w:val="00506C4D"/>
     <w:rsid w:val="00511F24"/>
     <w:rsid w:val="0052482D"/>
     <w:rsid w:val="00530A68"/>
     <w:rsid w:val="005434B3"/>
     <w:rsid w:val="00545BED"/>
+    <w:rsid w:val="005544D5"/>
+    <w:rsid w:val="00571D09"/>
+    <w:rsid w:val="00583847"/>
+    <w:rsid w:val="00597DCD"/>
+    <w:rsid w:val="005A7DAD"/>
     <w:rsid w:val="005D52C1"/>
+    <w:rsid w:val="005D7293"/>
     <w:rsid w:val="005E27B0"/>
     <w:rsid w:val="005F65C8"/>
     <w:rsid w:val="00642248"/>
     <w:rsid w:val="006600A8"/>
     <w:rsid w:val="00682A85"/>
     <w:rsid w:val="00686D59"/>
     <w:rsid w:val="006A401E"/>
     <w:rsid w:val="006A545C"/>
     <w:rsid w:val="006B41BE"/>
+    <w:rsid w:val="006C3991"/>
     <w:rsid w:val="006E0F32"/>
+    <w:rsid w:val="006E15D9"/>
+    <w:rsid w:val="00727518"/>
     <w:rsid w:val="0073668C"/>
+    <w:rsid w:val="0073686B"/>
     <w:rsid w:val="007C246A"/>
     <w:rsid w:val="007D4324"/>
     <w:rsid w:val="007E10BC"/>
+    <w:rsid w:val="007F56D9"/>
     <w:rsid w:val="007F5A7A"/>
+    <w:rsid w:val="007F69CB"/>
+    <w:rsid w:val="0080503F"/>
+    <w:rsid w:val="00826E2D"/>
+    <w:rsid w:val="00836FB3"/>
+    <w:rsid w:val="00843AA3"/>
+    <w:rsid w:val="00844F01"/>
+    <w:rsid w:val="008A1C8A"/>
     <w:rsid w:val="008B7257"/>
+    <w:rsid w:val="008C5B96"/>
     <w:rsid w:val="008D5880"/>
+    <w:rsid w:val="009115CD"/>
+    <w:rsid w:val="00922415"/>
     <w:rsid w:val="00923B2A"/>
+    <w:rsid w:val="009265F9"/>
+    <w:rsid w:val="00941B5C"/>
     <w:rsid w:val="0094553B"/>
     <w:rsid w:val="00972C11"/>
     <w:rsid w:val="009739EF"/>
     <w:rsid w:val="009756BF"/>
     <w:rsid w:val="009869FA"/>
+    <w:rsid w:val="0099003B"/>
+    <w:rsid w:val="00992683"/>
     <w:rsid w:val="009A28FD"/>
+    <w:rsid w:val="009C0C7D"/>
+    <w:rsid w:val="009C6968"/>
+    <w:rsid w:val="009D0074"/>
+    <w:rsid w:val="009D47E7"/>
     <w:rsid w:val="009D50BF"/>
     <w:rsid w:val="009F5284"/>
     <w:rsid w:val="00A01667"/>
     <w:rsid w:val="00A47730"/>
     <w:rsid w:val="00A575A1"/>
     <w:rsid w:val="00A6281D"/>
+    <w:rsid w:val="00A7164C"/>
     <w:rsid w:val="00A72B80"/>
     <w:rsid w:val="00A84C20"/>
+    <w:rsid w:val="00A910A9"/>
+    <w:rsid w:val="00AC33A4"/>
     <w:rsid w:val="00AD19DB"/>
+    <w:rsid w:val="00AF36A7"/>
+    <w:rsid w:val="00B0233C"/>
     <w:rsid w:val="00B04BD8"/>
+    <w:rsid w:val="00B13E98"/>
+    <w:rsid w:val="00B15928"/>
     <w:rsid w:val="00B334F7"/>
+    <w:rsid w:val="00B34B3F"/>
     <w:rsid w:val="00B443E9"/>
     <w:rsid w:val="00B614FE"/>
     <w:rsid w:val="00B61B03"/>
     <w:rsid w:val="00B75D3E"/>
+    <w:rsid w:val="00B90F95"/>
+    <w:rsid w:val="00B91D2D"/>
+    <w:rsid w:val="00BD4F42"/>
+    <w:rsid w:val="00C26837"/>
     <w:rsid w:val="00C26A1F"/>
     <w:rsid w:val="00C31CDC"/>
     <w:rsid w:val="00C4593E"/>
+    <w:rsid w:val="00C47C11"/>
     <w:rsid w:val="00C80E31"/>
     <w:rsid w:val="00C840F0"/>
     <w:rsid w:val="00C95B4F"/>
+    <w:rsid w:val="00C96291"/>
     <w:rsid w:val="00CA207E"/>
     <w:rsid w:val="00CA3142"/>
     <w:rsid w:val="00CB6029"/>
+    <w:rsid w:val="00CC3277"/>
+    <w:rsid w:val="00CF132C"/>
+    <w:rsid w:val="00D109F9"/>
+    <w:rsid w:val="00D129A4"/>
+    <w:rsid w:val="00D16B47"/>
     <w:rsid w:val="00D275E0"/>
     <w:rsid w:val="00D4048A"/>
     <w:rsid w:val="00D439E6"/>
     <w:rsid w:val="00D577B5"/>
     <w:rsid w:val="00D62508"/>
     <w:rsid w:val="00D726A7"/>
     <w:rsid w:val="00D92568"/>
+    <w:rsid w:val="00D92DC3"/>
     <w:rsid w:val="00DA2B52"/>
+    <w:rsid w:val="00DB1738"/>
     <w:rsid w:val="00DB481B"/>
+    <w:rsid w:val="00DB5F82"/>
     <w:rsid w:val="00DC160F"/>
     <w:rsid w:val="00DC24FB"/>
     <w:rsid w:val="00DC6092"/>
     <w:rsid w:val="00DE3FA6"/>
+    <w:rsid w:val="00DF59FC"/>
+    <w:rsid w:val="00E134AF"/>
     <w:rsid w:val="00E2031A"/>
     <w:rsid w:val="00E20729"/>
+    <w:rsid w:val="00E31096"/>
     <w:rsid w:val="00E66B61"/>
+    <w:rsid w:val="00E70E4E"/>
     <w:rsid w:val="00E75ACF"/>
+    <w:rsid w:val="00E86F87"/>
     <w:rsid w:val="00E90D96"/>
+    <w:rsid w:val="00EA11E1"/>
+    <w:rsid w:val="00ED55CA"/>
     <w:rsid w:val="00EE208E"/>
     <w:rsid w:val="00EF28B8"/>
+    <w:rsid w:val="00F0065D"/>
     <w:rsid w:val="00F42CFB"/>
     <w:rsid w:val="00F5679C"/>
     <w:rsid w:val="00F66821"/>
+    <w:rsid w:val="00F866CA"/>
     <w:rsid w:val="00F91557"/>
     <w:rsid w:val="00F936A8"/>
     <w:rsid w:val="00F9660C"/>
     <w:rsid w:val="00FA24D0"/>
     <w:rsid w:val="00FA7399"/>
     <w:rsid w:val="00FC2656"/>
     <w:rsid w:val="00FE75B0"/>
+    <w:rsid w:val="28373FF9"/>
+    <w:rsid w:val="5AB10255"/>
+    <w:rsid w:val="6CDBBBA2"/>
+    <w:rsid w:val="701975C0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-EC"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="50DC36E1"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-EC" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -6350,55 +8543,60 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00C80E31"/>
+    <w:rsid w:val="00472654"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00C80E31"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:jc w:val="left"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
@@ -6665,55 +8863,215 @@
     <w:name w:val="Título 2 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="009739EF"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Car">
     <w:name w:val="Título 3 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00CA3142"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F4D78" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="table" w:styleId="Tablaconcuadrcula">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="Tablanormal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00922415"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Refdecomentario">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004A34C9"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Textocomentario">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TextocomentarioCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004A34C9"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextocomentarioCar">
+    <w:name w:val="Texto comentario Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Textocomentario"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="004A34C9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Asuntodelcomentario">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Textocomentario"/>
+    <w:next w:val="Textocomentario"/>
+    <w:link w:val="AsuntodelcomentarioCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004A34C9"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AsuntodelcomentarioCar">
+    <w:name w:val="Asunto del comentario Car"/>
+    <w:basedOn w:val="TextocomentarioCar"/>
+    <w:link w:val="Asuntodelcomentario"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004A34C9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Mencinsinresolver1">
+    <w:name w:val="Mención sin resolver1"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004A34C9"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Textodelmarcadordeposicin">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000A0AFB"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Textodeglobo">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TextodegloboCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B34B3F"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextodegloboCar">
+    <w:name w:val="Texto de globo Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Textodeglobo"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B34B3F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Prrafobsico">
+    <w:name w:val="[Párrafo básico]"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E70E4E"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+      <w:jc w:val="left"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
+      <w:color w:val="000000"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="es-ES_tradnl"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="389502699">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="770010720">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -6769,56 +9127,56 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1697123362">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/register" TargetMode="External"/></Relationships>
 </file>
 
-<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:xxxxx.xxxx@xxxx.xxx.xx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///\\DISKSTATION\backup\Springer\LNCS%20Templates\2016\Test.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="es-ES"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
@@ -7650,66 +10008,66 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{87BBCDF2-E0CC-4FDB-9CEC-79647AEEF5DD}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F9B8A48F-288F-4AAE-BB28-D5C60A2D2AF9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1309</Words>
-  <Characters>7463</Characters>
+  <Words>1728</Words>
+  <Characters>9508</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>62</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>79</Lines>
+  <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8755</CharactersWithSpaces>
+  <CharactersWithSpaces>11214</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>